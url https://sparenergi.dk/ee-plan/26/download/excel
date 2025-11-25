--- v0 (2025-10-21)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1257">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1258">
   <si>
     <t>Ministerie</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>Bygning</t>
   </si>
   <si>
     <t>Adresse</t>
   </si>
   <si>
     <t>Sparemål</t>
   </si>
   <si>
     <t>Energimærke</t>
   </si>
   <si>
     <t>Opvarmning</t>
   </si>
   <si>
     <t>Elektricitet</t>
   </si>
   <si>
@@ -2099,954 +2099,957 @@
   <si>
     <t>G, C, E</t>
   </si>
   <si>
     <t>U/Nord Hillerød Trollesminde</t>
   </si>
   <si>
     <t>Trollesmindealle 24, 3400 Hillerød</t>
   </si>
   <si>
     <t>D, B</t>
   </si>
   <si>
     <t>Niels Brock, Nørre Voldgade</t>
   </si>
   <si>
     <t>Nørre Voldgade 28, 1358 København K</t>
   </si>
   <si>
     <t>IBC - International Business College - Birkemosevej 1</t>
   </si>
   <si>
     <t>Birkemosevej 1, 6000 Kolding</t>
   </si>
   <si>
+    <t>C, B, B, B</t>
+  </si>
+  <si>
+    <t>ZBC, Willemoesvej</t>
+  </si>
+  <si>
+    <t>Willemoesvej 4, 4200 Slagelse</t>
+  </si>
+  <si>
+    <t>Aarhus Tech, Dollerupvej 4</t>
+  </si>
+  <si>
+    <t>Dollerupvej 4, 8000 Århus C</t>
+  </si>
+  <si>
+    <t>Uddannelsescenter Holstebro - Døesvej 76</t>
+  </si>
+  <si>
+    <t>Døesvej 76, 7500 Holstebro</t>
+  </si>
+  <si>
+    <t>Viden Djurs - Kalø Økologisk Landbrugsskole</t>
+  </si>
+  <si>
+    <t>Skovridervej 3, 8410 Rønde</t>
+  </si>
+  <si>
+    <t>Nordjyllands landbrugsskole</t>
+  </si>
+  <si>
+    <t>Halkærvej 3, 9240 Nibe</t>
+  </si>
+  <si>
+    <t>Asmildkloster Landbrugsskole</t>
+  </si>
+  <si>
+    <t>Asmildklostervej 1, 8800 Viborg</t>
+  </si>
+  <si>
+    <t>Kjærgård Landbrugsskole</t>
+  </si>
+  <si>
+    <t>Kjærgårdsvej 31, 6740 Bramming</t>
+  </si>
+  <si>
+    <t>TietgenSkolen, Elmelundsvej</t>
+  </si>
+  <si>
+    <t>Elmelundsvej 10, 5200 Odense V</t>
+  </si>
+  <si>
+    <t>ZBC Næstved Handelsskolevej</t>
+  </si>
+  <si>
+    <t>Handelsskolevej 3, 4700 Næstved</t>
+  </si>
+  <si>
+    <t>NEXT - Ballerup, Baltorpvej 20A</t>
+  </si>
+  <si>
+    <t>Baltorpvej 20A, 2750 Ballerup</t>
+  </si>
+  <si>
+    <t>Business College Syd - Mommark Handelskostskole</t>
+  </si>
+  <si>
+    <t>Mommarkvej 374, 6470 Sydals</t>
+  </si>
+  <si>
+    <t>C, C, A, B, D</t>
+  </si>
+  <si>
+    <t>Aarhus Tech, Kileparken 25</t>
+  </si>
+  <si>
+    <t>Kileparken 25, 8381 Tilst</t>
+  </si>
+  <si>
+    <t>SOSU H - Brøndby</t>
+  </si>
+  <si>
+    <t>Brøndby Møllevej 4, 2605 Brøndby</t>
+  </si>
+  <si>
+    <t>Viden Djurs - Vid Erhvervsuddannelser</t>
+  </si>
+  <si>
+    <t>Århusvej 49, 8500 Grenaa</t>
+  </si>
+  <si>
+    <t>EUC Nordvestsjælland, Absalonsvej 20</t>
+  </si>
+  <si>
+    <t>Absalonsvej 20, 4300 Holbæk</t>
+  </si>
+  <si>
+    <t>C, C, A, C, C</t>
+  </si>
+  <si>
+    <t>Rybners, Grådybet 73G</t>
+  </si>
+  <si>
+    <t>Grådybet 73G, 6700 Esbjerg</t>
+  </si>
+  <si>
+    <t>College 360°, Bindslevs Plads</t>
+  </si>
+  <si>
+    <t>Bindslevs Plads 1, 8600 Silkeborg</t>
+  </si>
+  <si>
+    <t>Business College Syd - Sønderborg Handelsskole</t>
+  </si>
+  <si>
+    <t>Søndre Landevej 30, 6400 Sønderborg</t>
+  </si>
+  <si>
+    <t>TEC Gladsaxe</t>
+  </si>
+  <si>
+    <t>Tobaksvejen 15, 2860 Søborg</t>
+  </si>
+  <si>
+    <t>C, C, B, A</t>
+  </si>
+  <si>
+    <t>EUC Syd - Plantagevej 35</t>
+  </si>
+  <si>
+    <t>Plantagevej 35, 6270 Tønder</t>
+  </si>
+  <si>
+    <t>Svendborg Erhvervsskole, Skovsbovej 43</t>
+  </si>
+  <si>
+    <t>Skovsbovej 43, 5700 Svendborg</t>
+  </si>
+  <si>
+    <t>U/Nord Peder Oxes Alle</t>
+  </si>
+  <si>
+    <t>Peder Oxes Alle 4, 3400 Hillerød</t>
+  </si>
+  <si>
+    <t>Campus Bornholm, Minervavej 1</t>
+  </si>
+  <si>
+    <t>Minervavej 1, 3700 Rønne</t>
+  </si>
+  <si>
+    <t>Aarhus Business College, Højbjerg</t>
+  </si>
+  <si>
+    <t>Skåde Skovvej 2, 8270 Højbjerg</t>
+  </si>
+  <si>
+    <t>EUC Nordvestsjælland, Audebo Skolevej 6B</t>
+  </si>
+  <si>
+    <t>Audebo Skolevej 6B, 4300 Holbæk</t>
+  </si>
+  <si>
+    <t>B, D</t>
+  </si>
+  <si>
+    <t>Køge Handelsskole</t>
+  </si>
+  <si>
+    <t>Lyngvej 20, 4600 Køge</t>
+  </si>
+  <si>
+    <t>Roskilde Tekniske Skole - Køgevej 131</t>
+  </si>
+  <si>
+    <t>Køgevej 131, 4000 Roskilde</t>
+  </si>
+  <si>
+    <t>B, A, G, D</t>
+  </si>
+  <si>
+    <t>NEXT - Ishøj, Vejlebrovej 65</t>
+  </si>
+  <si>
+    <t>Vejlebrovej 65, 2635 Ishøj</t>
+  </si>
+  <si>
+    <t>Hansenberg, Skovvangen 28</t>
+  </si>
+  <si>
+    <t>Skovvangen 28, 6000 Kolding</t>
+  </si>
+  <si>
+    <t>Rybners, Storstrømsvej 39</t>
+  </si>
+  <si>
+    <t>Storstrømsvej 39, 6715 Esbjerg N</t>
+  </si>
+  <si>
+    <t>SOSU - Fyn, Blangstedgårdsvej 4</t>
+  </si>
+  <si>
+    <t>Blangstedgårdsvej 4, 5220 Odense SØ</t>
+  </si>
+  <si>
+    <t>Hansenberg, Vranderupvej 90, 111, 113</t>
+  </si>
+  <si>
+    <t>Vranderupvej 90, 6000 Kolding</t>
+  </si>
+  <si>
+    <t>EUC Nordvest - Kronborgvej</t>
+  </si>
+  <si>
+    <t>Kronborgvej 119, 7700 Thisted</t>
+  </si>
+  <si>
+    <t>Niels Brock, Julius Thomsens Plads 6</t>
+  </si>
+  <si>
+    <t>Julius Thomsens Plads 6, 1925 Frederiksberg C</t>
+  </si>
+  <si>
+    <t>AMU SYD</t>
+  </si>
+  <si>
+    <t>C.F. Tietgens Vej 6, 6000 Kolding</t>
+  </si>
+  <si>
+    <t>C, C, C</t>
+  </si>
+  <si>
+    <t>Mercantec, Ulfborg</t>
+  </si>
+  <si>
+    <t>Lystlundvej 14, 6990 Ulfborg</t>
+  </si>
+  <si>
+    <t>NEXT - Rødovre, Tæbyvej 65</t>
+  </si>
+  <si>
+    <t>Tæbyvej 65, 2610 Rødovre</t>
+  </si>
+  <si>
+    <t>Learnmark Horsens, Vejlevej</t>
+  </si>
+  <si>
+    <t>Vejlevej 150, 8700 Horsens</t>
+  </si>
+  <si>
+    <t>Syddansk Erhvervsskole, Petersmindevej 1F</t>
+  </si>
+  <si>
+    <t>Petersmindevej 1F, 5000 Odense</t>
+  </si>
+  <si>
+    <t>IBC - International Business College - Tvedvej 7</t>
+  </si>
+  <si>
+    <t>Tvedvej 7, 6000 Kolding</t>
+  </si>
+  <si>
+    <t>Aarhus Tech, Hasselager Allé 2</t>
+  </si>
+  <si>
+    <t>Hasselager Alle 2, 8260 Viby J</t>
+  </si>
+  <si>
+    <t>NEXT - Herlev, Marielundvej 44</t>
+  </si>
+  <si>
+    <t>Marielundvej 44, 2730 Herlev</t>
+  </si>
+  <si>
+    <t>NEXT - Valby, Carl Jacobsens Vej 25</t>
+  </si>
+  <si>
+    <t>Carl Jacobsens Vej 25, 2500 Valby</t>
+  </si>
+  <si>
+    <t>Hansenberg, C F Tietgens Vej 9, 11</t>
+  </si>
+  <si>
+    <t>C.F. Tietgens Vej 11, 6000 Kolding</t>
+  </si>
+  <si>
+    <t>B, C, C</t>
+  </si>
+  <si>
+    <t>Skive College Kongsvingervej 1</t>
+  </si>
+  <si>
+    <t>Kongsvingervej 1, 7800 Skive</t>
+  </si>
+  <si>
+    <t>NEXT - København NV, Tuborgvej 177</t>
+  </si>
+  <si>
+    <t>Tuborgvej 177, 2400 København NV</t>
+  </si>
+  <si>
+    <t>AMU Vest</t>
+  </si>
+  <si>
+    <t>Spangsbjerg Møllevej 304, 6705 Esbjerg Ø</t>
+  </si>
+  <si>
+    <t>Jagtvej 2, 4700 Næstved</t>
+  </si>
+  <si>
+    <t>Campus Vejle - Boulevarden 48</t>
+  </si>
+  <si>
+    <t>Boulevarden 48, 7100 Vejle</t>
+  </si>
+  <si>
+    <t>EUC Syd - Stegholt 35-36</t>
+  </si>
+  <si>
+    <t>Stegholt 36, 6200 Aabenraa</t>
+  </si>
+  <si>
+    <t>NEXT - København NV, Rebslagervej 11</t>
+  </si>
+  <si>
+    <t>Rebslagervej 11, 2400 København NV</t>
+  </si>
+  <si>
+    <t>Dalum Landbrugsskole Afd. Odense</t>
+  </si>
+  <si>
+    <t>Landbrugsvej 65, 5260 Odense S</t>
+  </si>
+  <si>
+    <t>C, C, D, B, C, C</t>
+  </si>
+  <si>
+    <t>AMU Nordjylland</t>
+  </si>
+  <si>
+    <t>Sofievej 61, 9000 Aalborg</t>
+  </si>
+  <si>
+    <t>D, E, D, E, D, D, C, D, E, E, D</t>
+  </si>
+  <si>
+    <t>Roskilde Handelsskole</t>
+  </si>
+  <si>
+    <t>Svendborg Erhvervsskole, Porthusvej</t>
+  </si>
+  <si>
+    <t>Porthusvej 71, 5700 Svendborg</t>
+  </si>
+  <si>
+    <t>AMU SYD Ribe afdeling</t>
+  </si>
+  <si>
+    <t>Snepsgårdevej 20, 6760 Ribe</t>
+  </si>
+  <si>
+    <t>D, D, D, E, E, C, E, C</t>
+  </si>
+  <si>
+    <t>U/Nord Hjortehøjsvej</t>
+  </si>
+  <si>
+    <t>Hjortehøjsvej 1, 2800 Kgs. Lyngby</t>
+  </si>
+  <si>
+    <t>Bygholm Landbrugsskole</t>
+  </si>
+  <si>
+    <t>Roskilde Tekniske Skole - Pulsen 2</t>
+  </si>
+  <si>
+    <t>Pulsen 2, 4000 Roskilde</t>
+  </si>
+  <si>
+    <t>D, E, D, C</t>
+  </si>
+  <si>
+    <t>TEC Ballerup</t>
+  </si>
+  <si>
+    <t>Telegrafvej 9, 2750 Ballerup</t>
+  </si>
+  <si>
+    <t>Kold college, Landbrugsvej</t>
+  </si>
+  <si>
+    <t>Landbrugsvej 55, 5260 Odense S</t>
+  </si>
+  <si>
+    <t>NEXT - Glostrup, Fabriksparken 31</t>
+  </si>
+  <si>
+    <t>Fabriksparken 31, 2600 Glostrup</t>
+  </si>
+  <si>
+    <t>D, D, C</t>
+  </si>
+  <si>
+    <t>EUC Syd - Hilmar Finsens Gade 14-16-18</t>
+  </si>
+  <si>
+    <t>Hilmar Finsens Gade 18, 6400 Sønderborg</t>
+  </si>
+  <si>
+    <t>ZBC, Bredahlsgade 1</t>
+  </si>
+  <si>
+    <t>Bredahlsgade 1, 4200 Slagelse</t>
+  </si>
+  <si>
+    <t>Jordbrugets UddannelsesCenter Århus, Beder</t>
+  </si>
+  <si>
+    <t>Damgårds Allé 5, 8330 Beder</t>
+  </si>
+  <si>
+    <t>Syddansk Erhvervsskole, Munkebjergvej</t>
+  </si>
+  <si>
+    <t>Munkebjergvej 130, 5230 Odense M</t>
+  </si>
+  <si>
+    <t>Hånbækvej 50, 9900 Fr.havn</t>
+  </si>
+  <si>
+    <t>Hånbækvej 50, 9900 Frederikshavn</t>
+  </si>
+  <si>
+    <t>ZBC Roskilde</t>
+  </si>
+  <si>
+    <t>Maglegårdsvej 8, 4000 Roskilde</t>
+  </si>
+  <si>
+    <t>EUC Lillebælt</t>
+  </si>
+  <si>
+    <t>Teknikervej 2, 7000 Fredericia</t>
+  </si>
+  <si>
+    <t>A, B, A, A, A, A</t>
+  </si>
+  <si>
+    <t>College 360°, Bredhøjvej</t>
+  </si>
+  <si>
+    <t>Bredhøjvej 8, 8600 Silkeborg</t>
+  </si>
+  <si>
+    <t>TEC Frederiksberg</t>
+  </si>
+  <si>
+    <t>Stæhr Johansens Vej 5, 2000 Frederiksberg</t>
+  </si>
+  <si>
+    <t>M. P. Koefoeds Vej 2, 4 &amp; 10 + Ringvejen 241, 9800Hjørring</t>
+  </si>
+  <si>
+    <t>M P Koefoeds Vej 10, 9800 Hjørring</t>
+  </si>
+  <si>
+    <t>G, D</t>
+  </si>
+  <si>
+    <t>HEG - Aars Øster Boulevard 10</t>
+  </si>
+  <si>
+    <t>Østre Boulevard 10, 9600 Aars</t>
+  </si>
+  <si>
+    <t>A, B, C, D, E, F, G</t>
+  </si>
+  <si>
+    <t>Gråsten Landbrugsskole</t>
+  </si>
+  <si>
+    <t>Fiskbækvej 15, 6300 Gråsten</t>
+  </si>
+  <si>
+    <t>C, C, B, D, C, C</t>
+  </si>
+  <si>
+    <t>Uddannelsescenter Ringkjøbing-Skjern</t>
+  </si>
+  <si>
+    <t>Skolebyen 2, 6900 Skjern</t>
+  </si>
+  <si>
+    <t>Tradium - Vester Allé 26</t>
+  </si>
+  <si>
+    <t>Vester Alle 26, 8900 Randers C</t>
+  </si>
+  <si>
+    <t>Tradium - BL40</t>
+  </si>
+  <si>
+    <t>Blommevej 40, 8930 Randers NØ</t>
+  </si>
+  <si>
+    <t>D, E, D</t>
+  </si>
+  <si>
+    <t>TEC Hvidovre</t>
+  </si>
+  <si>
+    <t>Stamholmen 215, 2650 Hvidovre</t>
+  </si>
+  <si>
+    <t>ZBC Ringsted Ahorn Alle</t>
+  </si>
+  <si>
+    <t>Ahorn Alle 3, 4100 Ringsted</t>
+  </si>
+  <si>
+    <t>C, A, A, C, A</t>
+  </si>
+  <si>
+    <t>Syddansk Erhvervsskole, Boulevarden 36</t>
+  </si>
+  <si>
+    <t>Boulevarden 34, 7100 Vejle</t>
+  </si>
+  <si>
+    <t>U/Nord - Hillerød, Milnersvej</t>
+  </si>
+  <si>
+    <t>Milnersvej 48, 3400 Hillerød</t>
+  </si>
+  <si>
+    <t>E, D, D, E, E, C, D</t>
+  </si>
+  <si>
+    <t>CELF - KA</t>
+  </si>
+  <si>
+    <t>Kringelborg Alle 7, 4800 Nykøbing F</t>
+  </si>
+  <si>
+    <t>C, A, C</t>
+  </si>
+  <si>
+    <t>Den jydske Haandværkerskole</t>
+  </si>
+  <si>
+    <t>Ellemosevej 25, 8370 Hadsten</t>
+  </si>
+  <si>
+    <t>Uddannelsescenter Holstebro - Døesvej 70</t>
+  </si>
+  <si>
+    <t>Døesvej 70, 7500 Holstebro</t>
+  </si>
+  <si>
+    <t>Mercantec, H C Andersens Vej</t>
+  </si>
+  <si>
+    <t>H.C. Andersens Vej 9, 8800 Viborg</t>
+  </si>
+  <si>
+    <t>A, D</t>
+  </si>
+  <si>
+    <t>Aarhus Tech, Halmstadgade</t>
+  </si>
+  <si>
+    <t>Halmstadgade 6, 8200 Århus N</t>
+  </si>
+  <si>
+    <t>Syddansk Erhvervsskole, Risingsvej 60</t>
+  </si>
+  <si>
+    <t>Risingsvej 60, 5000 Odense</t>
+  </si>
+  <si>
+    <t>Hotel- og Restaurantskolen</t>
+  </si>
+  <si>
+    <t>Herningsholm Erhvervsskole, Lillelundvej Herning</t>
+  </si>
+  <si>
+    <t>Lillelundvej flere nr. , 7400 Herning</t>
+  </si>
+  <si>
+    <t>Rybners, Spangsbjerg Møllevej 72</t>
+  </si>
+  <si>
+    <t>Spangsbjerg Møllevej 72, 6700 Esbjerg</t>
+  </si>
+  <si>
+    <t>Tech College</t>
+  </si>
+  <si>
+    <t>Øster Uttrup Vej 1, 9000 Aalborg</t>
+  </si>
+  <si>
+    <t>D, C, D, C, E, B, C, E</t>
+  </si>
+  <si>
+    <t>Forberedende Grunduddannelser</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FGU Hovedstaden - Brønderslev Allé </t>
+  </si>
+  <si>
+    <t>Brønderslev Alle 25, 2770 Kastrup</t>
+  </si>
+  <si>
+    <t>FGU Aalborg - Danmarksgade</t>
+  </si>
+  <si>
+    <t>Danmarksgade 12, 9293 Kongerslev</t>
+  </si>
+  <si>
+    <t>FGU Aarhus – Bevægelseshuset</t>
+  </si>
+  <si>
+    <t>Karen Blixens Boulevard 27A, 8220 Brabrand</t>
+  </si>
+  <si>
+    <t>FGU Syd- og Vestsjælland - Slagelse Landevej</t>
+  </si>
+  <si>
+    <t>Slagelse Landevej 17, 4220 Korsør</t>
+  </si>
+  <si>
+    <t>F, E</t>
+  </si>
+  <si>
+    <t>FGU Nordvest - Limfjordsvej</t>
+  </si>
+  <si>
+    <t>Limfjordsvej 95, 7900 Nykøbing M</t>
+  </si>
+  <si>
+    <t>FGU Aarhus - Olof Palmes Alle</t>
+  </si>
+  <si>
+    <t>Olof Palmes Allé 35, 8200 Aarhus N</t>
+  </si>
+  <si>
+    <t>FGU Trekanten - Grindsted</t>
+  </si>
+  <si>
+    <t>Tårnvej 135, 7200 Grindsted</t>
+  </si>
+  <si>
+    <t>FGU Østjylland - Østergade</t>
+  </si>
+  <si>
+    <t>Østergade 6, 8370 Hadsten</t>
+  </si>
+  <si>
+    <t>FGU Aalborg - Refnæsvej</t>
+  </si>
+  <si>
+    <t>Refsnæsvej 8, 9293 Kongerslev</t>
+  </si>
+  <si>
+    <t>FGU Hovedstaden - Enghavevej</t>
+  </si>
+  <si>
+    <t>Enghavevej 82B, 2450 København SV</t>
+  </si>
+  <si>
+    <t>FGU Hovedstaden - butik</t>
+  </si>
+  <si>
+    <t>Blågårdsgade 10, 2200 København N</t>
+  </si>
+  <si>
+    <t>FGU FYN - Odensevej 57</t>
+  </si>
+  <si>
+    <t>Odensevej 57, 5471 Søndersø</t>
+  </si>
+  <si>
+    <t>FGU Sønderjylland - Norgesvej 51Y</t>
+  </si>
+  <si>
+    <t>Norgesvej 51Y, 6100 Haderslev</t>
+  </si>
+  <si>
+    <t>FGU Syd- og Vestsjælland - Skovvej</t>
+  </si>
+  <si>
+    <t>Skovvej 122A, 4220 Korsør</t>
+  </si>
+  <si>
+    <t>FGU Vendsyssel - Hirtshalsvej</t>
+  </si>
+  <si>
+    <t>Hirtshalsvej 271, 9800 Hjørring</t>
+  </si>
+  <si>
+    <t>C, D, B, D, C</t>
+  </si>
+  <si>
+    <t xml:space="preserve">FGU Nordvest Thised	</t>
+  </si>
+  <si>
+    <t>Lerpyttervej 50, 7700 Thisted</t>
+  </si>
+  <si>
+    <t>FGU Syd- og Vestsjælland - Baadehavnsvej</t>
+  </si>
+  <si>
+    <t>Baadehavnsvej 19, 4220 Korsør</t>
+  </si>
+  <si>
+    <t>FGU Syd- og Vestsjælland - Otterupvej 13</t>
+  </si>
+  <si>
+    <t>Ottestrupvej 13A, 4200 Slagelse</t>
+  </si>
+  <si>
+    <t>FGU Vendsyssel - Grundtvigsvej</t>
+  </si>
+  <si>
+    <t>Grundtvigsvej 44, 9900 Frederikshavn</t>
+  </si>
+  <si>
+    <t>FGU Vest - Esbjerg (Sp. Møllevej)</t>
+  </si>
+  <si>
+    <t>Spangsbjerg Møllevej 68, 6700 Esbjerg</t>
+  </si>
+  <si>
+    <t>Grundtvigsvej 52, 9900 Frederikshavn</t>
+  </si>
+  <si>
+    <t>Grundtvigsvej 5, 9900 Frederikshavn</t>
+  </si>
+  <si>
+    <t>FGU Hovedstaden - Øster Farimagsgade</t>
+  </si>
+  <si>
+    <t>Øster Farimagsgade 16B, 2100 København Ø</t>
+  </si>
+  <si>
+    <t>FGU Aarhus – Ygdrasil</t>
+  </si>
+  <si>
+    <t>Dortesvej 35A, 8220 Brabrand</t>
+  </si>
+  <si>
+    <t>FGU Syd- og Vestsjælland - Ottestrupvej 9</t>
+  </si>
+  <si>
+    <t>Ottestrupvej 9, 4200 Slagelse</t>
+  </si>
+  <si>
+    <t>FGU Syd- og Vestsjælland - Norvangen 3B</t>
+  </si>
+  <si>
+    <t>Norvangen 3B, 4220 Korsør</t>
+  </si>
+  <si>
+    <t>FGU Sønderjylland - Egen Markvej 1</t>
+  </si>
+  <si>
+    <t>Egen Markvej 1, 6430 Nordborg</t>
+  </si>
+  <si>
+    <t>FGU Sønderjylland - Pioner Allé 13</t>
+  </si>
+  <si>
+    <t>Pionér Allé 13, 6270 Tønder</t>
+  </si>
+  <si>
+    <t>FGU Syd- og Vestsjælland - Norvangen 3D</t>
+  </si>
+  <si>
+    <t>Norvangen 3D, 4220 Korsør</t>
+  </si>
+  <si>
+    <t>FGU Hovedstaden - Høffdingsvej</t>
+  </si>
+  <si>
+    <t>Høffdingsvej 22, 2500 Valby</t>
+  </si>
+  <si>
+    <t>FGU Vendsyssel - Tuenvej</t>
+  </si>
+  <si>
+    <t>Tuenvej 20, 9900 Frederikshavn</t>
+  </si>
+  <si>
+    <t>FGU Aalborg - Bizonvej</t>
+  </si>
+  <si>
+    <t>Bizonvej 1, 9293 Kongerslev</t>
+  </si>
+  <si>
+    <t>FGU Vendsyssel - Lunderbjerg</t>
+  </si>
+  <si>
+    <t>Lunderbjerg 6, 9330 Dronninglund</t>
+  </si>
+  <si>
+    <t>Bizonvej 5, 9293 Kongerslev</t>
+  </si>
+  <si>
+    <t>FGU Midt- og Østsjælland - Ringsted</t>
+  </si>
+  <si>
+    <t>Ahorn Alle 48B, 4100 Ringsted</t>
+  </si>
+  <si>
+    <t>FGU Vest - Varde</t>
+  </si>
+  <si>
+    <t>Hammeren 3, 6800 Varde</t>
+  </si>
+  <si>
+    <t>FGU Midt- og Østsjælland - Køge</t>
+  </si>
+  <si>
+    <t>Klemmenstrupvej 25A, 4600 Køge</t>
+  </si>
+  <si>
+    <t>Danmarksgade 37, 9293 Kongerslev</t>
+  </si>
+  <si>
+    <t>FGU Midtjylland - Gødvadbakke</t>
+  </si>
+  <si>
+    <t>Gødvad Bakke 4, 8600 Silkeborg</t>
+  </si>
+  <si>
+    <t>FGU Nordsjælland - Skibby</t>
+  </si>
+  <si>
+    <t>Skuldelevvej 24, 4050 Skibby</t>
+  </si>
+  <si>
+    <t>FGU Sønderjylland - Ulkebøldam</t>
+  </si>
+  <si>
+    <t>Ulkebøldam 8, 6400 Sønderborg</t>
+  </si>
+  <si>
+    <t>A, E, A</t>
+  </si>
+  <si>
+    <t>FGU FYN - Fredensvej 38</t>
+  </si>
+  <si>
+    <t>Fredensvej 38, 5620 Glamsbjerg</t>
+  </si>
+  <si>
+    <t>FGU Vest - Ribe</t>
+  </si>
+  <si>
+    <t>Lustrupvej 4, 6760 Ribe</t>
+  </si>
+  <si>
+    <t>FGU Syd- og Vestsjælland - Rønne Alle</t>
+  </si>
+  <si>
+    <t>Rønne Alle 17, 4220 Korsør</t>
+  </si>
+  <si>
+    <t>FGU Øresund - Fabriksvej 18</t>
+  </si>
+  <si>
+    <t>Fabriksvej 25A, 3000 Helsingør</t>
+  </si>
+  <si>
+    <t>EX</t>
+  </si>
+  <si>
+    <t>FGU Sønderjylland - Pioner Allé 4</t>
+  </si>
+  <si>
+    <t>Pionér Allé 4, 6270 Tønder</t>
+  </si>
+  <si>
+    <t>FGU Midt Vest - Svanekevej</t>
+  </si>
+  <si>
+    <t>Svanekevej 1, 7400 Herning</t>
+  </si>
+  <si>
+    <t>FGU Midt Vest - Jernvej</t>
+  </si>
+  <si>
+    <t>Jernvej 11, 6900 Skjern</t>
+  </si>
+  <si>
+    <t>D, C, E</t>
+  </si>
+  <si>
+    <t>Bizonvej 17, 9293 Kongerslev</t>
+  </si>
+  <si>
+    <t>FGU Skolen HLSS - Birkehøj</t>
+  </si>
+  <si>
+    <t>Birkehøj 1, 7500 Holstebro</t>
+  </si>
+  <si>
     <t>C, B</t>
-  </si>
-[...901 lines deleted...]
-    <t>Birkehøj 1, 7500 Holstebro</t>
   </si>
   <si>
     <t>FGU Syd- og Vestsjælland - Otterupvej 11</t>
   </si>
   <si>
     <t>Ottestrupvej 11, 4200 Slagelse</t>
   </si>
   <si>
     <t>FGU Syd- og Vestsjælland - Norvangen 3A</t>
   </si>
   <si>
     <t>Norvangen 3A, 4220 Korsør</t>
   </si>
   <si>
     <t>FGU Trekanten - Vejle</t>
   </si>
   <si>
     <t>Sandagervej 61, 7100 Vejle</t>
   </si>
   <si>
     <t>FGU Syd- og Vestsjælland - Norvangen 15</t>
   </si>
   <si>
     <t>Norvangen 15, 4220 Korsør</t>
   </si>
@@ -4294,53 +4297,51 @@
       </c>
       <c r="J4"/>
       <c r="K4">
         <v>688.0</v>
       </c>
       <c r="L4">
         <v>56</v>
       </c>
     </row>
     <row r="5" spans="1:12">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>16</v>
       </c>
-      <c r="F5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F5"/>
       <c r="G5">
         <v>200.703</v>
       </c>
       <c r="H5">
         <v>114.328</v>
       </c>
       <c r="I5">
         <v>624.0</v>
       </c>
       <c r="J5"/>
       <c r="K5">
         <v>3778.0</v>
       </c>
       <c r="L5">
         <v>80</v>
       </c>
     </row>
     <row r="6" spans="1:12">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" t="s">
@@ -13266,53 +13267,51 @@
       </c>
       <c r="J259"/>
       <c r="K259">
         <v>6604.0</v>
       </c>
       <c r="L259">
         <v>21</v>
       </c>
     </row>
     <row r="260" spans="1:12">
       <c r="A260" t="s">
         <v>12</v>
       </c>
       <c r="B260" t="s">
         <v>289</v>
       </c>
       <c r="C260" t="s">
         <v>558</v>
       </c>
       <c r="D260" t="s">
         <v>559</v>
       </c>
       <c r="E260" t="s">
         <v>16</v>
       </c>
-      <c r="F260" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F260"/>
       <c r="G260">
         <v>339.47722</v>
       </c>
       <c r="H260">
         <v>346.946</v>
       </c>
       <c r="I260">
         <v>2411.0</v>
       </c>
       <c r="J260"/>
       <c r="K260">
         <v>13871.0</v>
       </c>
       <c r="L260">
         <v>130</v>
       </c>
     </row>
     <row r="261" spans="1:12">
       <c r="A261" t="s">
         <v>12</v>
       </c>
       <c r="B261" t="s">
         <v>289</v>
       </c>
       <c r="C261" t="s">
@@ -16216,53 +16215,51 @@
       </c>
       <c r="J342"/>
       <c r="K342">
         <v>14068.0</v>
       </c>
       <c r="L342">
         <v>70</v>
       </c>
     </row>
     <row r="343" spans="1:12">
       <c r="A343" t="s">
         <v>12</v>
       </c>
       <c r="B343" t="s">
         <v>289</v>
       </c>
       <c r="C343" t="s">
         <v>737</v>
       </c>
       <c r="D343" t="s">
         <v>738</v>
       </c>
       <c r="E343" t="s">
         <v>16</v>
       </c>
-      <c r="F343" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F343"/>
       <c r="G343">
         <v>1104.83626</v>
       </c>
       <c r="H343">
         <v>325.895</v>
       </c>
       <c r="I343">
         <v>1302.0</v>
       </c>
       <c r="J343"/>
       <c r="K343">
         <v>9778.0</v>
       </c>
       <c r="L343">
         <v>26</v>
       </c>
     </row>
     <row r="344" spans="1:12">
       <c r="A344" t="s">
         <v>12</v>
       </c>
       <c r="B344" t="s">
         <v>289</v>
       </c>
       <c r="C344" t="s">
@@ -18765,51 +18762,51 @@
       <c r="J414"/>
       <c r="K414">
         <v>100792.0</v>
       </c>
       <c r="L414">
         <v>576</v>
       </c>
     </row>
     <row r="415" spans="1:12">
       <c r="A415" t="s">
         <v>12</v>
       </c>
       <c r="B415" t="s">
         <v>896</v>
       </c>
       <c r="C415" t="s">
         <v>897</v>
       </c>
       <c r="D415" t="s">
         <v>898</v>
       </c>
       <c r="E415" t="s">
         <v>16</v>
       </c>
       <c r="F415" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="G415">
         <v>0.0</v>
       </c>
       <c r="H415">
         <v>0.0</v>
       </c>
       <c r="I415">
         <v>0.0</v>
       </c>
       <c r="J415"/>
       <c r="K415">
         <v>1580.0</v>
       </c>
       <c r="L415">
         <v>15</v>
       </c>
     </row>
     <row r="416" spans="1:12">
       <c r="A416" t="s">
         <v>12</v>
       </c>
       <c r="B416" t="s">
         <v>896</v>
       </c>
@@ -20463,4595 +20460,4595 @@
       <c r="J463"/>
       <c r="K463">
         <v>832.0</v>
       </c>
       <c r="L463">
         <v>0</v>
       </c>
     </row>
     <row r="464" spans="1:12">
       <c r="A464" t="s">
         <v>12</v>
       </c>
       <c r="B464" t="s">
         <v>896</v>
       </c>
       <c r="C464" t="s">
         <v>995</v>
       </c>
       <c r="D464" t="s">
         <v>996</v>
       </c>
       <c r="E464" t="s">
         <v>16</v>
       </c>
       <c r="F464" t="s">
-        <v>695</v>
+        <v>997</v>
       </c>
       <c r="G464">
         <v>96.31393</v>
       </c>
       <c r="H464">
         <v>4.09971</v>
       </c>
       <c r="I464">
         <v>544.9</v>
       </c>
       <c r="J464"/>
       <c r="K464">
         <v>2529.0</v>
       </c>
       <c r="L464">
         <v>15</v>
       </c>
     </row>
     <row r="465" spans="1:12">
       <c r="A465" t="s">
         <v>12</v>
       </c>
       <c r="B465" t="s">
         <v>896</v>
       </c>
       <c r="C465" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="D465" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="E465" t="s">
         <v>16</v>
       </c>
       <c r="F465"/>
       <c r="G465">
         <v>0.0</v>
       </c>
       <c r="H465">
         <v>101.194</v>
       </c>
       <c r="I465">
         <v>657.0</v>
       </c>
       <c r="J465"/>
       <c r="K465">
         <v>3218.0</v>
       </c>
       <c r="L465">
         <v>13</v>
       </c>
     </row>
     <row r="466" spans="1:12">
       <c r="A466" t="s">
         <v>12</v>
       </c>
       <c r="B466" t="s">
         <v>896</v>
       </c>
       <c r="C466" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="D466" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="E466" t="s">
         <v>16</v>
       </c>
       <c r="F466" t="s">
         <v>91</v>
       </c>
       <c r="G466">
         <v>89.5553</v>
       </c>
       <c r="H466">
         <v>14.535</v>
       </c>
       <c r="I466">
         <v>270.0</v>
       </c>
       <c r="J466"/>
       <c r="K466">
         <v>520.0</v>
       </c>
       <c r="L466">
         <v>6</v>
       </c>
     </row>
     <row r="467" spans="1:12">
       <c r="A467" t="s">
         <v>12</v>
       </c>
       <c r="B467" t="s">
         <v>896</v>
       </c>
       <c r="C467" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="D467" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="E467" t="s">
         <v>16</v>
       </c>
       <c r="F467"/>
       <c r="G467">
         <v>0.0</v>
       </c>
       <c r="H467">
         <v>122.169</v>
       </c>
       <c r="I467">
         <v>2084.0</v>
       </c>
       <c r="J467"/>
       <c r="K467">
         <v>1713.0</v>
       </c>
       <c r="L467">
         <v>19</v>
       </c>
     </row>
     <row r="468" spans="1:12">
       <c r="A468" t="s">
         <v>12</v>
       </c>
       <c r="B468" t="s">
         <v>896</v>
       </c>
       <c r="C468" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="D468" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="E468" t="s">
         <v>16</v>
       </c>
       <c r="F468"/>
       <c r="G468">
         <v>85.8089</v>
       </c>
       <c r="H468">
         <v>38.544</v>
       </c>
       <c r="I468">
         <v>299.0</v>
       </c>
       <c r="J468"/>
       <c r="K468">
         <v>989.0</v>
       </c>
       <c r="L468">
         <v>3</v>
       </c>
     </row>
     <row r="469" spans="1:12">
       <c r="A469" t="s">
         <v>12</v>
       </c>
       <c r="B469" t="s">
         <v>896</v>
       </c>
       <c r="C469" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="D469" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="E469" t="s">
         <v>16</v>
       </c>
       <c r="F469"/>
       <c r="G469">
         <v>60.63483</v>
       </c>
       <c r="H469">
         <v>64.559</v>
       </c>
       <c r="I469">
         <v>344.0</v>
       </c>
       <c r="J469"/>
       <c r="K469">
         <v>1200.0</v>
       </c>
       <c r="L469">
         <v>12</v>
       </c>
     </row>
     <row r="470" spans="1:12">
       <c r="A470" t="s">
         <v>12</v>
       </c>
       <c r="B470" t="s">
         <v>896</v>
       </c>
       <c r="C470" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="D470" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="E470" t="s">
         <v>16</v>
       </c>
       <c r="F470"/>
       <c r="G470">
         <v>105.94264</v>
       </c>
       <c r="H470">
         <v>20.42752</v>
       </c>
       <c r="I470">
         <v>207.36</v>
       </c>
       <c r="J470"/>
       <c r="K470">
         <v>1527.0</v>
       </c>
       <c r="L470">
         <v>13</v>
       </c>
     </row>
     <row r="471" spans="1:12">
       <c r="A471" t="s">
         <v>12</v>
       </c>
       <c r="B471" t="s">
         <v>896</v>
       </c>
       <c r="C471" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="D471" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="E471" t="s">
         <v>16</v>
       </c>
       <c r="F471"/>
       <c r="G471">
         <v>94.12663</v>
       </c>
       <c r="H471">
         <v>34.783</v>
       </c>
       <c r="I471">
         <v>164.8</v>
       </c>
       <c r="J471"/>
       <c r="K471">
         <v>1033.0</v>
       </c>
       <c r="L471">
         <v>0</v>
       </c>
     </row>
     <row r="472" spans="1:12">
       <c r="A472" t="s">
         <v>12</v>
       </c>
       <c r="B472" t="s">
         <v>896</v>
       </c>
       <c r="C472" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="D472" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="E472" t="s">
         <v>16</v>
       </c>
       <c r="F472" t="s">
         <v>19</v>
       </c>
       <c r="G472">
         <v>104.62371</v>
       </c>
       <c r="H472">
         <v>30.361</v>
       </c>
       <c r="I472">
         <v>183.0</v>
       </c>
       <c r="J472"/>
       <c r="K472">
         <v>1705.0</v>
       </c>
       <c r="L472">
         <v>20</v>
       </c>
     </row>
     <row r="473" spans="1:12">
       <c r="A473" t="s">
         <v>12</v>
       </c>
       <c r="B473" t="s">
         <v>896</v>
       </c>
       <c r="C473" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="D473" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="E473" t="s">
         <v>16</v>
       </c>
       <c r="F473" t="s">
         <v>853</v>
       </c>
       <c r="G473">
         <v>109.9769</v>
       </c>
       <c r="H473">
         <v>25.17556</v>
       </c>
       <c r="I473">
         <v>178.87</v>
       </c>
       <c r="J473"/>
       <c r="K473">
         <v>1307.0</v>
       </c>
       <c r="L473">
         <v>4</v>
       </c>
     </row>
     <row r="474" spans="1:12">
       <c r="A474" t="s">
         <v>12</v>
       </c>
       <c r="B474" t="s">
         <v>896</v>
       </c>
       <c r="C474" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="D474" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="E474" t="s">
         <v>16</v>
       </c>
       <c r="F474"/>
       <c r="G474">
         <v>120.88018</v>
       </c>
       <c r="H474">
         <v>19.18</v>
       </c>
       <c r="I474">
         <v>128.0</v>
       </c>
       <c r="J474"/>
       <c r="K474">
         <v>918.0</v>
       </c>
       <c r="L474">
         <v>9</v>
       </c>
     </row>
     <row r="475" spans="1:12">
       <c r="A475" t="s">
         <v>12</v>
       </c>
       <c r="B475" t="s">
         <v>896</v>
       </c>
       <c r="C475" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="D475" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="E475" t="s">
         <v>16</v>
       </c>
       <c r="F475" t="s">
         <v>91</v>
       </c>
       <c r="G475">
         <v>92.48856</v>
       </c>
       <c r="H475">
         <v>47.748</v>
       </c>
       <c r="I475">
         <v>340.0</v>
       </c>
       <c r="J475"/>
       <c r="K475">
         <v>1500.0</v>
       </c>
       <c r="L475">
         <v>15</v>
       </c>
     </row>
     <row r="476" spans="1:12">
       <c r="A476" t="s">
         <v>12</v>
       </c>
       <c r="B476" t="s">
         <v>896</v>
       </c>
       <c r="C476" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="D476" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="E476" t="s">
         <v>16</v>
       </c>
       <c r="F476"/>
       <c r="G476">
         <v>73.38403</v>
       </c>
       <c r="H476">
         <v>69.452</v>
       </c>
       <c r="I476">
         <v>140.0</v>
       </c>
       <c r="J476"/>
       <c r="K476">
         <v>212.0</v>
       </c>
       <c r="L476">
         <v>17</v>
       </c>
     </row>
     <row r="477" spans="1:12">
       <c r="A477" t="s">
         <v>12</v>
       </c>
       <c r="B477" t="s">
         <v>896</v>
       </c>
       <c r="C477" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="D477" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="E477" t="s">
         <v>16</v>
       </c>
       <c r="F477" t="s">
         <v>35</v>
       </c>
       <c r="G477">
         <v>108.905</v>
       </c>
       <c r="H477">
         <v>37.939</v>
       </c>
       <c r="I477">
         <v>253.0</v>
       </c>
       <c r="J477"/>
       <c r="K477">
         <v>1270.0</v>
       </c>
       <c r="L477">
         <v>20</v>
       </c>
     </row>
     <row r="478" spans="1:12">
       <c r="A478" t="s">
         <v>12</v>
       </c>
       <c r="B478" t="s">
         <v>896</v>
       </c>
       <c r="C478" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="D478" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="E478" t="s">
         <v>16</v>
       </c>
       <c r="F478"/>
       <c r="G478">
         <v>119.07673</v>
       </c>
       <c r="H478">
         <v>28.923</v>
       </c>
       <c r="I478">
         <v>224.0</v>
       </c>
       <c r="J478"/>
       <c r="K478">
         <v>2098.0</v>
       </c>
       <c r="L478">
         <v>11</v>
       </c>
     </row>
     <row r="479" spans="1:12">
       <c r="A479" t="s">
         <v>12</v>
       </c>
       <c r="B479" t="s">
         <v>896</v>
       </c>
       <c r="C479" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="D479" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="E479" t="s">
         <v>16</v>
       </c>
       <c r="F479"/>
       <c r="G479">
         <v>126.59564</v>
       </c>
       <c r="H479">
         <v>22.347</v>
       </c>
       <c r="I479">
         <v>131.0</v>
       </c>
       <c r="J479"/>
       <c r="K479">
         <v>1163.0</v>
       </c>
       <c r="L479">
         <v>7</v>
       </c>
     </row>
     <row r="480" spans="1:12">
       <c r="A480" t="s">
         <v>12</v>
       </c>
       <c r="B480" t="s">
         <v>896</v>
       </c>
       <c r="C480" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="D480" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="E480" t="s">
         <v>16</v>
       </c>
       <c r="F480"/>
       <c r="G480">
         <v>131.97107</v>
       </c>
       <c r="H480">
         <v>19.68</v>
       </c>
       <c r="I480">
         <v>210.43</v>
       </c>
       <c r="J480"/>
       <c r="K480">
         <v>994.0</v>
       </c>
       <c r="L480">
         <v>18</v>
       </c>
     </row>
     <row r="481" spans="1:12">
       <c r="A481" t="s">
         <v>12</v>
       </c>
       <c r="B481" t="s">
         <v>896</v>
       </c>
       <c r="C481" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="D481" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="E481" t="s">
         <v>16</v>
       </c>
       <c r="F481" t="s">
         <v>183</v>
       </c>
       <c r="G481">
         <v>124.54</v>
       </c>
       <c r="H481">
         <v>29.503</v>
       </c>
       <c r="I481">
         <v>90.0</v>
       </c>
       <c r="J481"/>
       <c r="K481">
         <v>1212.0</v>
       </c>
       <c r="L481">
         <v>19</v>
       </c>
     </row>
     <row r="482" spans="1:12">
       <c r="A482" t="s">
         <v>12</v>
       </c>
       <c r="B482" t="s">
         <v>896</v>
       </c>
       <c r="C482" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="D482" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="E482" t="s">
         <v>16</v>
       </c>
       <c r="F482" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="G482">
         <v>28.49617</v>
       </c>
       <c r="H482">
         <v>126.869</v>
       </c>
       <c r="I482">
         <v>809.61</v>
       </c>
       <c r="J482"/>
       <c r="K482">
         <v>3585.0</v>
       </c>
       <c r="L482">
         <v>69</v>
       </c>
     </row>
     <row r="483" spans="1:12">
       <c r="A483" t="s">
         <v>12</v>
       </c>
       <c r="B483" t="s">
         <v>896</v>
       </c>
       <c r="C483" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="D483" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="E483" t="s">
         <v>16</v>
       </c>
       <c r="F483" t="s">
         <v>281</v>
       </c>
       <c r="G483">
         <v>85.85859</v>
       </c>
       <c r="H483">
         <v>81.907</v>
       </c>
       <c r="I483">
         <v>313.0</v>
       </c>
       <c r="J483"/>
       <c r="K483">
         <v>2382.0</v>
       </c>
       <c r="L483">
         <v>20</v>
       </c>
     </row>
     <row r="484" spans="1:12">
       <c r="A484" t="s">
         <v>12</v>
       </c>
       <c r="B484" t="s">
         <v>896</v>
       </c>
       <c r="C484" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="D484" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="E484" t="s">
         <v>16</v>
       </c>
       <c r="F484" t="s">
         <v>35</v>
       </c>
       <c r="G484">
         <v>130.53191</v>
       </c>
       <c r="H484">
         <v>39.17</v>
       </c>
       <c r="I484">
         <v>258.0</v>
       </c>
       <c r="J484"/>
       <c r="K484">
         <v>1600.0</v>
       </c>
       <c r="L484">
         <v>9</v>
       </c>
     </row>
     <row r="485" spans="1:12">
       <c r="A485" t="s">
         <v>12</v>
       </c>
       <c r="B485" t="s">
         <v>896</v>
       </c>
       <c r="C485" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="D485" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="E485" t="s">
         <v>16</v>
       </c>
       <c r="F485"/>
       <c r="G485">
         <v>117.43994</v>
       </c>
       <c r="H485">
         <v>54.02401</v>
       </c>
       <c r="I485">
         <v>131.0</v>
       </c>
       <c r="J485"/>
       <c r="K485">
         <v>1605.0</v>
       </c>
       <c r="L485">
         <v>14</v>
       </c>
     </row>
     <row r="486" spans="1:12">
       <c r="A486" t="s">
         <v>12</v>
       </c>
       <c r="B486" t="s">
         <v>896</v>
       </c>
       <c r="C486" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D486" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="E486" t="s">
         <v>16</v>
       </c>
       <c r="F486"/>
       <c r="G486">
         <v>119.44677</v>
       </c>
       <c r="H486">
         <v>53.616</v>
       </c>
       <c r="I486">
         <v>347.0</v>
       </c>
       <c r="J486"/>
       <c r="K486">
         <v>1876.0</v>
       </c>
       <c r="L486">
         <v>40</v>
       </c>
     </row>
     <row r="487" spans="1:12">
       <c r="A487" t="s">
         <v>12</v>
       </c>
       <c r="B487" t="s">
         <v>896</v>
       </c>
       <c r="C487" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="D487" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="E487" t="s">
         <v>16</v>
       </c>
       <c r="F487"/>
       <c r="G487">
         <v>116.11434</v>
       </c>
       <c r="H487">
         <v>61.466</v>
       </c>
       <c r="I487">
         <v>48.66</v>
       </c>
       <c r="J487"/>
       <c r="K487">
         <v>1582.0</v>
       </c>
       <c r="L487">
         <v>0</v>
       </c>
     </row>
     <row r="488" spans="1:12">
       <c r="A488" t="s">
         <v>12</v>
       </c>
       <c r="B488" t="s">
         <v>896</v>
       </c>
       <c r="C488" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="D488" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="E488" t="s">
         <v>16</v>
       </c>
       <c r="F488" t="s">
         <v>610</v>
       </c>
       <c r="G488">
         <v>168.07534</v>
       </c>
       <c r="H488">
         <v>10.44</v>
       </c>
       <c r="I488">
         <v>194.0</v>
       </c>
       <c r="J488"/>
       <c r="K488">
         <v>3960.0</v>
       </c>
       <c r="L488">
         <v>0</v>
       </c>
     </row>
     <row r="489" spans="1:12">
       <c r="A489" t="s">
         <v>12</v>
       </c>
       <c r="B489" t="s">
         <v>896</v>
       </c>
       <c r="C489" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="D489" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="E489" t="s">
         <v>16</v>
       </c>
       <c r="F489"/>
       <c r="G489">
         <v>167.84353</v>
       </c>
       <c r="H489">
         <v>13.14</v>
       </c>
       <c r="I489">
         <v>60.0</v>
       </c>
       <c r="J489"/>
       <c r="K489">
         <v>4701.0</v>
       </c>
       <c r="L489">
         <v>34</v>
       </c>
     </row>
     <row r="490" spans="1:12">
       <c r="A490" t="s">
         <v>12</v>
       </c>
       <c r="B490" t="s">
         <v>896</v>
       </c>
       <c r="C490" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="D490" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="E490" t="s">
         <v>16</v>
       </c>
       <c r="F490"/>
       <c r="G490">
         <v>171.133</v>
       </c>
       <c r="H490">
         <v>10.51755</v>
       </c>
       <c r="I490">
         <v>281.0</v>
       </c>
       <c r="J490"/>
       <c r="K490">
         <v>3289.0</v>
       </c>
       <c r="L490">
         <v>16</v>
       </c>
     </row>
     <row r="491" spans="1:12">
       <c r="A491" t="s">
         <v>12</v>
       </c>
       <c r="B491" t="s">
         <v>896</v>
       </c>
       <c r="C491" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="D491" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="E491" t="s">
         <v>16</v>
       </c>
       <c r="F491"/>
       <c r="G491">
         <v>130.67253</v>
       </c>
       <c r="H491">
         <v>56.631</v>
       </c>
       <c r="I491">
         <v>222.0</v>
       </c>
       <c r="J491"/>
       <c r="K491">
         <v>1111.0</v>
       </c>
       <c r="L491">
         <v>17</v>
       </c>
     </row>
     <row r="492" spans="1:12">
       <c r="A492" t="s">
         <v>12</v>
       </c>
       <c r="B492" t="s">
         <v>896</v>
       </c>
       <c r="C492" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D492" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="E492" t="s">
         <v>16</v>
       </c>
       <c r="F492"/>
       <c r="G492">
         <v>147.70516</v>
       </c>
       <c r="H492">
         <v>43.23199</v>
       </c>
       <c r="I492">
         <v>289.0</v>
       </c>
       <c r="J492"/>
       <c r="K492">
         <v>1609.0</v>
       </c>
       <c r="L492">
         <v>57</v>
       </c>
     </row>
     <row r="493" spans="1:12">
       <c r="A493" t="s">
         <v>12</v>
       </c>
       <c r="B493" t="s">
         <v>896</v>
       </c>
       <c r="C493" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="D493" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="E493" t="s">
         <v>16</v>
       </c>
       <c r="F493"/>
       <c r="G493">
         <v>111.22188</v>
       </c>
       <c r="H493">
         <v>79.946</v>
       </c>
       <c r="I493">
         <v>383.0</v>
       </c>
       <c r="J493"/>
       <c r="K493">
         <v>3443.0</v>
       </c>
       <c r="L493">
         <v>18</v>
       </c>
     </row>
     <row r="494" spans="1:12">
       <c r="A494" t="s">
         <v>12</v>
       </c>
       <c r="B494" t="s">
         <v>896</v>
       </c>
       <c r="C494" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="D494" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="E494" t="s">
         <v>16</v>
       </c>
       <c r="F494" t="s">
         <v>35</v>
       </c>
       <c r="G494">
         <v>0.0</v>
       </c>
       <c r="H494">
         <v>192.33598</v>
       </c>
       <c r="I494">
         <v>0.0</v>
       </c>
       <c r="J494"/>
       <c r="K494">
         <v>7600.0</v>
       </c>
       <c r="L494">
         <v>42</v>
       </c>
     </row>
     <row r="495" spans="1:12">
       <c r="A495" t="s">
         <v>12</v>
       </c>
       <c r="B495" t="s">
         <v>896</v>
       </c>
       <c r="C495" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="D495" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="E495" t="s">
         <v>16</v>
       </c>
       <c r="F495"/>
       <c r="G495">
         <v>172.78612</v>
       </c>
       <c r="H495">
         <v>25.50209</v>
       </c>
       <c r="I495">
         <v>279.0</v>
       </c>
       <c r="J495"/>
       <c r="K495">
         <v>2038.0</v>
       </c>
       <c r="L495">
         <v>57</v>
       </c>
     </row>
     <row r="496" spans="1:12">
       <c r="A496" t="s">
         <v>12</v>
       </c>
       <c r="B496" t="s">
         <v>896</v>
       </c>
       <c r="C496" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="D496" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="E496" t="s">
         <v>16</v>
       </c>
       <c r="F496" t="s">
         <v>507</v>
       </c>
       <c r="G496">
         <v>162.63728</v>
       </c>
       <c r="H496">
         <v>37.349</v>
       </c>
       <c r="I496">
         <v>318.0</v>
       </c>
       <c r="J496"/>
       <c r="K496">
         <v>4170.0</v>
       </c>
       <c r="L496">
         <v>16</v>
       </c>
     </row>
     <row r="497" spans="1:12">
       <c r="A497" t="s">
         <v>12</v>
       </c>
       <c r="B497" t="s">
         <v>896</v>
       </c>
       <c r="C497" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="D497" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="E497" t="s">
         <v>16</v>
       </c>
       <c r="F497" t="s">
         <v>91</v>
       </c>
       <c r="G497">
         <v>192.71681</v>
       </c>
       <c r="H497">
         <v>15.853</v>
       </c>
       <c r="I497">
         <v>708.0</v>
       </c>
       <c r="J497"/>
       <c r="K497">
         <v>1811.0</v>
       </c>
       <c r="L497">
         <v>81</v>
       </c>
     </row>
     <row r="498" spans="1:12">
       <c r="A498" t="s">
         <v>12</v>
       </c>
       <c r="B498" t="s">
         <v>896</v>
       </c>
       <c r="C498" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="D498" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="E498" t="s">
         <v>16</v>
       </c>
       <c r="F498" t="s">
         <v>35</v>
       </c>
       <c r="G498">
         <v>185.21344</v>
       </c>
       <c r="H498">
         <v>25.953</v>
       </c>
       <c r="I498">
         <v>161.0</v>
       </c>
       <c r="J498"/>
       <c r="K498">
         <v>2123.0</v>
       </c>
       <c r="L498">
         <v>16</v>
       </c>
     </row>
     <row r="499" spans="1:12">
       <c r="A499" t="s">
         <v>12</v>
       </c>
       <c r="B499" t="s">
         <v>896</v>
       </c>
       <c r="C499" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="D499" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="E499" t="s">
         <v>16</v>
       </c>
       <c r="F499"/>
       <c r="G499">
         <v>166.60322</v>
       </c>
       <c r="H499">
         <v>44.809</v>
       </c>
       <c r="I499">
         <v>227.0</v>
       </c>
       <c r="J499"/>
       <c r="K499">
         <v>1387.0</v>
       </c>
       <c r="L499">
         <v>14</v>
       </c>
     </row>
     <row r="500" spans="1:12">
       <c r="A500" t="s">
         <v>12</v>
       </c>
       <c r="B500" t="s">
         <v>896</v>
       </c>
       <c r="C500" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="D500" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="E500" t="s">
         <v>16</v>
       </c>
       <c r="F500"/>
       <c r="G500">
         <v>188.08078</v>
       </c>
       <c r="H500">
         <v>33.46192</v>
       </c>
       <c r="I500">
         <v>408.0</v>
       </c>
       <c r="J500"/>
       <c r="K500">
         <v>2031.0</v>
       </c>
       <c r="L500">
         <v>19</v>
       </c>
     </row>
     <row r="501" spans="1:12">
       <c r="A501" t="s">
         <v>12</v>
       </c>
       <c r="B501" t="s">
         <v>896</v>
       </c>
       <c r="C501" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="D501" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="E501" t="s">
         <v>16</v>
       </c>
       <c r="F501" t="s">
         <v>256</v>
       </c>
       <c r="G501">
         <v>185.4749</v>
       </c>
       <c r="H501">
         <v>36.242</v>
       </c>
       <c r="I501">
         <v>360.0</v>
       </c>
       <c r="J501"/>
       <c r="K501">
         <v>1210.0</v>
       </c>
       <c r="L501">
         <v>18</v>
       </c>
     </row>
     <row r="502" spans="1:12">
       <c r="A502" t="s">
         <v>12</v>
       </c>
       <c r="B502" t="s">
         <v>896</v>
       </c>
       <c r="C502" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="D502" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="E502" t="s">
         <v>16</v>
       </c>
       <c r="F502"/>
       <c r="G502">
         <v>179.5648</v>
       </c>
       <c r="H502">
         <v>46.097</v>
       </c>
       <c r="I502">
         <v>258.0</v>
       </c>
       <c r="J502"/>
       <c r="K502">
         <v>1531.0</v>
       </c>
       <c r="L502">
         <v>11</v>
       </c>
     </row>
     <row r="503" spans="1:12">
       <c r="A503" t="s">
         <v>12</v>
       </c>
       <c r="B503" t="s">
         <v>896</v>
       </c>
       <c r="C503" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="D503" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="E503" t="s">
         <v>16</v>
       </c>
       <c r="F503" t="s">
         <v>35</v>
       </c>
       <c r="G503">
         <v>192.32026</v>
       </c>
       <c r="H503">
         <v>34.048</v>
       </c>
       <c r="I503">
         <v>465.0</v>
       </c>
       <c r="J503"/>
       <c r="K503">
         <v>1559.0</v>
       </c>
       <c r="L503">
         <v>13</v>
       </c>
     </row>
     <row r="504" spans="1:12">
       <c r="A504" t="s">
         <v>12</v>
       </c>
       <c r="B504" t="s">
         <v>896</v>
       </c>
       <c r="C504" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="D504" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="E504" t="s">
         <v>16</v>
       </c>
       <c r="F504"/>
       <c r="G504">
         <v>165.0553</v>
       </c>
       <c r="H504">
         <v>63.90937</v>
       </c>
       <c r="I504">
         <v>280.0</v>
       </c>
       <c r="J504"/>
       <c r="K504">
         <v>2113.0</v>
       </c>
       <c r="L504">
         <v>21</v>
       </c>
     </row>
     <row r="505" spans="1:12">
       <c r="A505" t="s">
         <v>12</v>
       </c>
       <c r="B505" t="s">
         <v>896</v>
       </c>
       <c r="C505" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="D505" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="E505" t="s">
         <v>16</v>
       </c>
       <c r="F505"/>
       <c r="G505">
         <v>176.19177</v>
       </c>
       <c r="H505">
         <v>54.538</v>
       </c>
       <c r="I505">
         <v>632.0</v>
       </c>
       <c r="J505"/>
       <c r="K505">
         <v>1333.0</v>
       </c>
       <c r="L505">
         <v>0</v>
       </c>
     </row>
     <row r="506" spans="1:12">
       <c r="A506" t="s">
         <v>12</v>
       </c>
       <c r="B506" t="s">
         <v>896</v>
       </c>
       <c r="C506" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="D506" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="E506" t="s">
         <v>16</v>
       </c>
       <c r="F506"/>
       <c r="G506">
         <v>172.57112</v>
       </c>
       <c r="H506">
         <v>59.95131</v>
       </c>
       <c r="I506">
         <v>291.0</v>
       </c>
       <c r="J506"/>
       <c r="K506">
         <v>2129.0</v>
       </c>
       <c r="L506">
         <v>15</v>
       </c>
     </row>
     <row r="507" spans="1:12">
       <c r="A507" t="s">
         <v>12</v>
       </c>
       <c r="B507" t="s">
         <v>896</v>
       </c>
       <c r="C507" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="D507" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="E507" t="s">
         <v>16</v>
       </c>
       <c r="F507" t="s">
         <v>281</v>
       </c>
       <c r="G507">
         <v>190.72619</v>
       </c>
       <c r="H507">
         <v>45.565</v>
       </c>
       <c r="I507">
         <v>230.0</v>
       </c>
       <c r="J507"/>
       <c r="K507">
         <v>1505.0</v>
       </c>
       <c r="L507">
         <v>15</v>
       </c>
     </row>
     <row r="508" spans="1:12">
       <c r="A508" t="s">
         <v>12</v>
       </c>
       <c r="B508" t="s">
         <v>896</v>
       </c>
       <c r="C508" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="D508" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="E508" t="s">
         <v>16</v>
       </c>
       <c r="F508" t="s">
         <v>35</v>
       </c>
       <c r="G508">
         <v>182.93846</v>
       </c>
       <c r="H508">
         <v>54.39</v>
       </c>
       <c r="I508">
         <v>269.17</v>
       </c>
       <c r="J508"/>
       <c r="K508">
         <v>1647.0</v>
       </c>
       <c r="L508">
         <v>18</v>
       </c>
     </row>
     <row r="509" spans="1:12">
       <c r="A509" t="s">
         <v>12</v>
       </c>
       <c r="B509" t="s">
         <v>896</v>
       </c>
       <c r="C509" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="D509" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="E509" t="s">
         <v>16</v>
       </c>
       <c r="F509" t="s">
         <v>42</v>
       </c>
       <c r="G509">
         <v>203.74016</v>
       </c>
       <c r="H509">
         <v>38.602</v>
       </c>
       <c r="I509">
         <v>1.0</v>
       </c>
       <c r="J509"/>
       <c r="K509">
         <v>5868.0</v>
       </c>
       <c r="L509">
         <v>0</v>
       </c>
     </row>
     <row r="510" spans="1:12">
       <c r="A510" t="s">
         <v>12</v>
       </c>
       <c r="B510" t="s">
         <v>896</v>
       </c>
       <c r="C510" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="D510" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="E510" t="s">
         <v>16</v>
       </c>
       <c r="F510"/>
       <c r="G510">
         <v>205.40454</v>
       </c>
       <c r="H510">
         <v>49.3433</v>
       </c>
       <c r="I510">
         <v>451.5</v>
       </c>
       <c r="J510"/>
       <c r="K510">
         <v>2417.0</v>
       </c>
       <c r="L510">
         <v>28</v>
       </c>
     </row>
     <row r="511" spans="1:12">
       <c r="A511" t="s">
         <v>12</v>
       </c>
       <c r="B511" t="s">
         <v>896</v>
       </c>
       <c r="C511" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="D511" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="E511" t="s">
         <v>16</v>
       </c>
       <c r="F511"/>
       <c r="G511">
         <v>147.65133</v>
       </c>
       <c r="H511">
         <v>108.88</v>
       </c>
       <c r="I511">
         <v>750.0</v>
       </c>
       <c r="J511"/>
       <c r="K511">
         <v>2818.0</v>
       </c>
       <c r="L511">
         <v>34</v>
       </c>
     </row>
     <row r="512" spans="1:12">
       <c r="A512" t="s">
         <v>12</v>
       </c>
       <c r="B512" t="s">
         <v>896</v>
       </c>
       <c r="C512" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="D512" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="E512" t="s">
         <v>16</v>
       </c>
       <c r="F512"/>
       <c r="G512">
         <v>250.47445</v>
       </c>
       <c r="H512">
         <v>8.08113</v>
       </c>
       <c r="I512">
         <v>341.0</v>
       </c>
       <c r="J512"/>
       <c r="K512">
         <v>1943.0</v>
       </c>
       <c r="L512">
         <v>0</v>
       </c>
     </row>
     <row r="513" spans="1:12">
       <c r="A513" t="s">
         <v>12</v>
       </c>
       <c r="B513" t="s">
         <v>896</v>
       </c>
       <c r="C513" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="D513" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="E513" t="s">
         <v>16</v>
       </c>
       <c r="F513" t="s">
         <v>91</v>
       </c>
       <c r="G513">
         <v>249.10889</v>
       </c>
       <c r="H513">
         <v>15.857</v>
       </c>
       <c r="I513">
         <v>611.0</v>
       </c>
       <c r="J513"/>
       <c r="K513">
         <v>3689.0</v>
       </c>
       <c r="L513">
         <v>14</v>
       </c>
     </row>
     <row r="514" spans="1:12">
       <c r="A514" t="s">
         <v>12</v>
       </c>
       <c r="B514" t="s">
         <v>896</v>
       </c>
       <c r="C514" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="D514" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="E514" t="s">
         <v>16</v>
       </c>
       <c r="F514"/>
       <c r="G514">
         <v>66.71226</v>
       </c>
       <c r="H514">
         <v>204.078</v>
       </c>
       <c r="I514">
         <v>2790.0</v>
       </c>
       <c r="J514"/>
       <c r="K514">
         <v>4938.0</v>
       </c>
       <c r="L514">
         <v>17</v>
       </c>
     </row>
     <row r="515" spans="1:12">
       <c r="A515" t="s">
         <v>12</v>
       </c>
       <c r="B515" t="s">
         <v>896</v>
       </c>
       <c r="C515" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="D515" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="E515" t="s">
         <v>16</v>
       </c>
       <c r="F515"/>
       <c r="G515">
         <v>214.18122</v>
       </c>
       <c r="H515">
         <v>60.553</v>
       </c>
       <c r="I515">
         <v>882.0</v>
       </c>
       <c r="J515"/>
       <c r="K515">
         <v>1389.0</v>
       </c>
       <c r="L515">
         <v>16</v>
       </c>
     </row>
     <row r="516" spans="1:12">
       <c r="A516" t="s">
         <v>12</v>
       </c>
       <c r="B516" t="s">
         <v>896</v>
       </c>
       <c r="C516" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="D516" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="E516" t="s">
         <v>16</v>
       </c>
       <c r="F516"/>
       <c r="G516">
         <v>261.57068</v>
       </c>
       <c r="H516">
         <v>30.0</v>
       </c>
       <c r="I516">
         <v>288.0</v>
       </c>
       <c r="J516"/>
       <c r="K516">
         <v>1876.0</v>
       </c>
       <c r="L516">
         <v>20</v>
       </c>
     </row>
     <row r="517" spans="1:12">
       <c r="A517" t="s">
         <v>12</v>
       </c>
       <c r="B517" t="s">
         <v>896</v>
       </c>
       <c r="C517" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="D517" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="E517" t="s">
         <v>16</v>
       </c>
       <c r="F517" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="G517">
         <v>251.15118</v>
       </c>
       <c r="H517">
         <v>59.90787</v>
       </c>
       <c r="I517">
         <v>366.0</v>
       </c>
       <c r="J517"/>
       <c r="K517">
         <v>3069.0</v>
       </c>
       <c r="L517">
         <v>49</v>
       </c>
     </row>
     <row r="518" spans="1:12">
       <c r="A518" t="s">
         <v>12</v>
       </c>
       <c r="B518" t="s">
         <v>896</v>
       </c>
       <c r="C518" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="D518" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="E518" t="s">
         <v>16</v>
       </c>
       <c r="F518"/>
       <c r="G518">
         <v>185.42305</v>
       </c>
       <c r="H518">
         <v>128.711</v>
       </c>
       <c r="I518">
         <v>247.18</v>
       </c>
       <c r="J518"/>
       <c r="K518">
         <v>3483.0</v>
       </c>
       <c r="L518">
         <v>15</v>
       </c>
     </row>
     <row r="519" spans="1:12">
       <c r="A519" t="s">
         <v>12</v>
       </c>
       <c r="B519" t="s">
         <v>896</v>
       </c>
       <c r="C519" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="D519" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="E519" t="s">
         <v>16</v>
       </c>
       <c r="F519"/>
       <c r="G519">
         <v>239.22153</v>
       </c>
       <c r="H519">
         <v>90.451</v>
       </c>
       <c r="I519">
         <v>393.23</v>
       </c>
       <c r="J519"/>
       <c r="K519">
         <v>3975.0</v>
       </c>
       <c r="L519">
         <v>27</v>
       </c>
     </row>
     <row r="520" spans="1:12">
       <c r="A520" t="s">
         <v>12</v>
       </c>
       <c r="B520" t="s">
         <v>896</v>
       </c>
       <c r="C520" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="D520" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="E520" t="s">
         <v>16</v>
       </c>
       <c r="F520" t="s">
         <v>42</v>
       </c>
       <c r="G520">
         <v>240.81229</v>
       </c>
       <c r="H520">
         <v>115.971</v>
       </c>
       <c r="I520">
         <v>892.0</v>
       </c>
       <c r="J520"/>
       <c r="K520">
         <v>3432.0</v>
       </c>
       <c r="L520">
         <v>52</v>
       </c>
     </row>
     <row r="521" spans="1:12">
       <c r="A521" t="s">
         <v>12</v>
       </c>
       <c r="B521" t="s">
         <v>896</v>
       </c>
       <c r="C521" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="D521" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="E521" t="s">
         <v>16</v>
       </c>
       <c r="F521"/>
       <c r="G521">
         <v>229.38508</v>
       </c>
       <c r="H521">
         <v>132.889</v>
       </c>
       <c r="I521">
         <v>772.0</v>
       </c>
       <c r="J521"/>
       <c r="K521">
         <v>4339.0</v>
       </c>
       <c r="L521">
         <v>31</v>
       </c>
     </row>
     <row r="522" spans="1:12">
       <c r="A522" t="s">
         <v>12</v>
       </c>
       <c r="B522" t="s">
         <v>896</v>
       </c>
       <c r="C522" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="D522" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="E522" t="s">
         <v>16</v>
       </c>
       <c r="F522"/>
       <c r="G522">
         <v>0.0</v>
       </c>
       <c r="H522">
         <v>419.293</v>
       </c>
       <c r="I522">
         <v>8665.0</v>
       </c>
       <c r="J522"/>
       <c r="K522">
         <v>2280.0</v>
       </c>
       <c r="L522">
         <v>6</v>
       </c>
     </row>
     <row r="523" spans="1:12">
       <c r="A523" t="s">
         <v>12</v>
       </c>
       <c r="B523" t="s">
         <v>896</v>
       </c>
       <c r="C523" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="D523" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="E523" t="s">
         <v>16</v>
       </c>
       <c r="F523" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="G523">
         <v>289.0084</v>
       </c>
       <c r="H523">
         <v>133.594</v>
       </c>
       <c r="I523">
         <v>670.0</v>
       </c>
       <c r="J523"/>
       <c r="K523">
         <v>2980.0</v>
       </c>
       <c r="L523">
         <v>27</v>
       </c>
     </row>
     <row r="524" spans="1:12">
       <c r="A524" t="s">
         <v>12</v>
       </c>
       <c r="B524" t="s">
         <v>896</v>
       </c>
       <c r="C524" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="D524" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="E524" t="s">
         <v>16</v>
       </c>
       <c r="F524" t="s">
         <v>19</v>
       </c>
       <c r="G524">
         <v>347.38711</v>
       </c>
       <c r="H524">
         <v>88.226</v>
       </c>
       <c r="I524">
         <v>316.0</v>
       </c>
       <c r="J524"/>
       <c r="K524">
         <v>2514.0</v>
       </c>
       <c r="L524">
         <v>18</v>
       </c>
     </row>
     <row r="525" spans="1:12">
       <c r="A525" t="s">
         <v>12</v>
       </c>
       <c r="B525" t="s">
         <v>896</v>
       </c>
       <c r="C525" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="D525" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="E525" t="s">
         <v>16</v>
       </c>
       <c r="F525" t="s">
         <v>35</v>
       </c>
       <c r="G525">
         <v>379.03108</v>
       </c>
       <c r="H525">
         <v>62.674</v>
       </c>
       <c r="I525">
         <v>305.0</v>
       </c>
       <c r="J525"/>
       <c r="K525">
         <v>5760.0</v>
       </c>
       <c r="L525">
         <v>14</v>
       </c>
     </row>
     <row r="526" spans="1:12">
       <c r="A526" t="s">
         <v>12</v>
       </c>
       <c r="B526" t="s">
         <v>896</v>
       </c>
       <c r="C526" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="D526" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="E526" t="s">
         <v>16</v>
       </c>
       <c r="F526"/>
       <c r="G526">
         <v>326.36174</v>
       </c>
       <c r="H526">
         <v>117.45</v>
       </c>
       <c r="I526">
         <v>1453.0</v>
       </c>
       <c r="J526"/>
       <c r="K526">
         <v>5953.0</v>
       </c>
       <c r="L526">
         <v>33</v>
       </c>
     </row>
     <row r="527" spans="1:12">
       <c r="A527" t="s">
         <v>12</v>
       </c>
       <c r="B527" t="s">
         <v>896</v>
       </c>
       <c r="C527" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="D527" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="E527" t="s">
         <v>16</v>
       </c>
       <c r="F527"/>
       <c r="G527">
         <v>302.41058</v>
       </c>
       <c r="H527">
         <v>175.443</v>
       </c>
       <c r="I527">
         <v>332.8</v>
       </c>
       <c r="J527"/>
       <c r="K527">
         <v>4298.0</v>
       </c>
       <c r="L527">
         <v>24</v>
       </c>
     </row>
     <row r="528" spans="1:12">
       <c r="A528" t="s">
         <v>12</v>
       </c>
       <c r="B528" t="s">
         <v>896</v>
       </c>
       <c r="C528" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="D528" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="E528" t="s">
         <v>16</v>
       </c>
       <c r="F528"/>
       <c r="G528">
         <v>433.70382</v>
       </c>
       <c r="H528">
         <v>69.347</v>
       </c>
       <c r="I528">
         <v>719.53</v>
       </c>
       <c r="J528"/>
       <c r="K528">
         <v>4659.0</v>
       </c>
       <c r="L528">
         <v>21</v>
       </c>
     </row>
     <row r="529" spans="1:12">
       <c r="A529" t="s">
         <v>12</v>
       </c>
       <c r="B529" t="s">
         <v>896</v>
       </c>
       <c r="C529" t="s">
         <v>908</v>
       </c>
       <c r="D529" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="E529" t="s">
         <v>16</v>
       </c>
       <c r="F529"/>
       <c r="G529">
         <v>397.4</v>
       </c>
       <c r="H529">
         <v>213.012</v>
       </c>
       <c r="I529">
         <v>1529.0</v>
       </c>
       <c r="J529"/>
       <c r="K529">
         <v>5706.0</v>
       </c>
       <c r="L529">
         <v>63</v>
       </c>
     </row>
     <row r="530" spans="1:12">
       <c r="A530" t="s">
         <v>12</v>
       </c>
       <c r="B530" t="s">
         <v>896</v>
       </c>
       <c r="C530" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="D530" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="E530" t="s">
         <v>16</v>
       </c>
       <c r="F530"/>
       <c r="G530">
         <v>528.24132</v>
       </c>
       <c r="H530">
         <v>91.772</v>
       </c>
       <c r="I530">
         <v>698.0</v>
       </c>
       <c r="J530"/>
       <c r="K530">
         <v>4701.0</v>
       </c>
       <c r="L530">
         <v>34</v>
       </c>
     </row>
     <row r="531" spans="1:12">
       <c r="A531" t="s">
         <v>12</v>
       </c>
       <c r="B531" t="s">
         <v>896</v>
       </c>
       <c r="C531" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="D531" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="E531" t="s">
         <v>16</v>
       </c>
       <c r="F531" t="s">
         <v>91</v>
       </c>
       <c r="G531">
         <v>592.14337</v>
       </c>
       <c r="H531">
         <v>44.154</v>
       </c>
       <c r="I531">
         <v>85.0</v>
       </c>
       <c r="J531"/>
       <c r="K531">
         <v>1924.0</v>
       </c>
       <c r="L531">
         <v>1</v>
       </c>
     </row>
     <row r="532" spans="1:12">
       <c r="A532" t="s">
         <v>12</v>
       </c>
       <c r="B532" t="s">
         <v>896</v>
       </c>
       <c r="C532" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="D532" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="E532" t="s">
         <v>16</v>
       </c>
       <c r="F532"/>
       <c r="G532">
         <v>535.47009</v>
       </c>
       <c r="H532">
         <v>115.233</v>
       </c>
       <c r="I532">
         <v>614.0</v>
       </c>
       <c r="J532"/>
       <c r="K532">
         <v>5741.0</v>
       </c>
       <c r="L532">
         <v>72</v>
       </c>
     </row>
     <row r="533" spans="1:12">
       <c r="A533" t="s">
         <v>12</v>
       </c>
       <c r="B533" t="s">
         <v>896</v>
       </c>
       <c r="C533" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="D533" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="E533" t="s">
         <v>16</v>
       </c>
       <c r="F533"/>
       <c r="G533">
         <v>703.81348</v>
       </c>
       <c r="H533">
         <v>48.963</v>
       </c>
       <c r="I533">
         <v>636.0</v>
       </c>
       <c r="J533"/>
       <c r="K533">
         <v>1919.0</v>
       </c>
       <c r="L533">
         <v>15</v>
       </c>
     </row>
     <row r="534" spans="1:12">
       <c r="A534" t="s">
         <v>12</v>
       </c>
       <c r="B534" t="s">
         <v>896</v>
       </c>
       <c r="C534" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="D534" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="E534" t="s">
         <v>16</v>
       </c>
       <c r="F534"/>
       <c r="G534">
         <v>701.07578</v>
       </c>
       <c r="H534">
         <v>62.127</v>
       </c>
       <c r="I534">
         <v>373.74</v>
       </c>
       <c r="J534"/>
       <c r="K534">
         <v>1535.0</v>
       </c>
       <c r="L534">
         <v>7</v>
       </c>
     </row>
     <row r="535" spans="1:12">
       <c r="A535" t="s">
         <v>12</v>
       </c>
       <c r="B535" t="s">
         <v>896</v>
       </c>
       <c r="C535" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="D535" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="E535" t="s">
         <v>16</v>
       </c>
       <c r="F535"/>
       <c r="G535">
         <v>1591.36278</v>
       </c>
       <c r="H535">
         <v>102.81</v>
       </c>
       <c r="I535">
         <v>3921.9</v>
       </c>
       <c r="J535"/>
       <c r="K535">
         <v>1535.0</v>
       </c>
       <c r="L535">
         <v>8</v>
       </c>
     </row>
     <row r="536" spans="1:12">
       <c r="A536" t="s">
         <v>12</v>
       </c>
       <c r="B536" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C536" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="D536" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="E536" t="s">
         <v>16</v>
       </c>
       <c r="F536" t="s">
         <v>42</v>
       </c>
       <c r="G536">
         <v>0.0</v>
       </c>
       <c r="H536">
         <v>0.0</v>
       </c>
       <c r="I536">
         <v>0.0</v>
       </c>
       <c r="J536"/>
       <c r="K536">
         <v>13892.0</v>
       </c>
       <c r="L536">
         <v>0</v>
       </c>
     </row>
     <row r="537" spans="1:12">
       <c r="A537" t="s">
         <v>12</v>
       </c>
       <c r="B537" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C537" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="D537" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="E537" t="s">
         <v>16</v>
       </c>
       <c r="F537" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="G537">
         <v>0.0</v>
       </c>
       <c r="H537">
         <v>0.0</v>
       </c>
       <c r="I537">
         <v>0.0</v>
       </c>
       <c r="J537"/>
       <c r="K537">
         <v>0.0</v>
       </c>
       <c r="L537">
         <v>2</v>
       </c>
     </row>
     <row r="538" spans="1:12">
       <c r="A538" t="s">
         <v>12</v>
       </c>
       <c r="B538" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C538" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="D538" t="s">
         <v>509</v>
       </c>
       <c r="E538" t="s">
         <v>16</v>
       </c>
       <c r="F538" t="s">
         <v>42</v>
       </c>
       <c r="G538">
         <v>0.0</v>
       </c>
       <c r="H538">
         <v>0.0</v>
       </c>
       <c r="I538">
         <v>0.0</v>
       </c>
       <c r="J538"/>
       <c r="K538">
         <v>0.0</v>
       </c>
       <c r="L538">
         <v>0</v>
       </c>
     </row>
     <row r="539" spans="1:12">
       <c r="A539" t="s">
         <v>12</v>
       </c>
       <c r="B539" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C539" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="D539" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="E539" t="s">
         <v>16</v>
       </c>
       <c r="F539"/>
       <c r="G539">
         <v>0.0</v>
       </c>
       <c r="H539">
         <v>0.0</v>
       </c>
       <c r="I539">
         <v>0.0</v>
       </c>
       <c r="J539"/>
       <c r="K539">
         <v>0.0</v>
       </c>
       <c r="L539">
         <v>0</v>
       </c>
     </row>
     <row r="540" spans="1:12">
       <c r="A540" t="s">
         <v>12</v>
       </c>
       <c r="B540" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C540" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="D540" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="E540" t="s">
         <v>16</v>
       </c>
       <c r="F540"/>
       <c r="G540">
         <v>16.10124</v>
       </c>
       <c r="H540">
         <v>0.293</v>
       </c>
       <c r="I540">
         <v>36.0</v>
       </c>
       <c r="J540"/>
       <c r="K540">
         <v>339.0</v>
       </c>
       <c r="L540">
         <v>0</v>
       </c>
     </row>
     <row r="541" spans="1:12">
       <c r="A541" t="s">
         <v>12</v>
       </c>
       <c r="B541" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C541" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="D541" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="E541" t="s">
         <v>16</v>
       </c>
       <c r="F541" t="s">
         <v>35</v>
       </c>
       <c r="G541">
         <v>48.58064</v>
       </c>
       <c r="H541">
         <v>6.98596</v>
       </c>
       <c r="I541">
         <v>77.83</v>
       </c>
       <c r="J541"/>
       <c r="K541">
         <v>586.0</v>
       </c>
       <c r="L541">
         <v>0</v>
       </c>
     </row>
     <row r="542" spans="1:12">
       <c r="A542" t="s">
         <v>12</v>
       </c>
       <c r="B542" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C542" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="D542" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="E542" t="s">
         <v>16</v>
       </c>
       <c r="F542" t="s">
         <v>19</v>
       </c>
       <c r="G542">
         <v>41.89277</v>
       </c>
       <c r="H542">
         <v>24.981</v>
       </c>
       <c r="I542">
         <v>492.0</v>
       </c>
       <c r="J542"/>
       <c r="K542">
         <v>1410.0</v>
       </c>
       <c r="L542">
         <v>0</v>
       </c>
     </row>
     <row r="543" spans="1:12">
       <c r="A543" t="s">
         <v>12</v>
       </c>
       <c r="B543" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C543" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="D543" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="E543" t="s">
         <v>16</v>
       </c>
       <c r="F543"/>
       <c r="G543">
         <v>60.4718</v>
       </c>
       <c r="H543">
         <v>14.365</v>
       </c>
       <c r="I543">
         <v>165.0</v>
       </c>
       <c r="J543"/>
       <c r="K543">
         <v>860.0</v>
       </c>
       <c r="L543">
         <v>5</v>
       </c>
     </row>
     <row r="544" spans="1:12">
       <c r="A544" t="s">
         <v>12</v>
       </c>
       <c r="B544" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C544" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="D544" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="E544" t="s">
         <v>16</v>
       </c>
       <c r="F544" t="s">
         <v>42</v>
       </c>
       <c r="G544">
         <v>65.81919</v>
       </c>
       <c r="H544">
         <v>16.222</v>
       </c>
       <c r="I544">
         <v>112.42</v>
       </c>
       <c r="J544"/>
       <c r="K544">
         <v>1302.0</v>
       </c>
       <c r="L544">
         <v>15</v>
       </c>
     </row>
     <row r="545" spans="1:12">
       <c r="A545" t="s">
         <v>12</v>
       </c>
       <c r="B545" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C545" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="D545" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="E545" t="s">
         <v>16</v>
       </c>
       <c r="F545"/>
       <c r="G545">
         <v>49.33796</v>
       </c>
       <c r="H545">
         <v>41.706</v>
       </c>
       <c r="I545">
         <v>70.26</v>
       </c>
       <c r="J545"/>
       <c r="K545">
         <v>1075.0</v>
       </c>
       <c r="L545">
         <v>0</v>
       </c>
     </row>
     <row r="546" spans="1:12">
       <c r="A546" t="s">
         <v>12</v>
       </c>
       <c r="B546" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C546" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="D546" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="E546" t="s">
         <v>16</v>
       </c>
       <c r="F546" t="s">
         <v>19</v>
       </c>
       <c r="G546">
         <v>60.64251</v>
       </c>
       <c r="H546">
         <v>35.95</v>
       </c>
       <c r="I546">
         <v>197.0</v>
       </c>
       <c r="J546"/>
       <c r="K546">
         <v>1296.0</v>
       </c>
       <c r="L546">
         <v>23</v>
       </c>
     </row>
     <row r="547" spans="1:12">
       <c r="A547" t="s">
         <v>12</v>
       </c>
       <c r="B547" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C547" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="D547" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="E547" t="s">
         <v>16</v>
       </c>
       <c r="F547" t="s">
         <v>19</v>
       </c>
       <c r="G547">
         <v>71.83831</v>
       </c>
       <c r="H547">
         <v>36.693</v>
       </c>
       <c r="I547">
         <v>345.0</v>
       </c>
       <c r="J547"/>
       <c r="K547">
         <v>1989.0</v>
       </c>
       <c r="L547">
         <v>20</v>
       </c>
     </row>
     <row r="548" spans="1:12">
       <c r="A548" t="s">
         <v>12</v>
       </c>
       <c r="B548" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C548" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="D548" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="E548" t="s">
         <v>16</v>
       </c>
       <c r="F548" t="s">
         <v>35</v>
       </c>
       <c r="G548">
         <v>81.84542</v>
       </c>
       <c r="H548">
         <v>31.896</v>
       </c>
       <c r="I548">
         <v>95.0</v>
       </c>
       <c r="J548"/>
       <c r="K548">
         <v>1606.0</v>
       </c>
       <c r="L548">
         <v>14</v>
       </c>
     </row>
     <row r="549" spans="1:12">
       <c r="A549" t="s">
         <v>12</v>
       </c>
       <c r="B549" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C549" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="D549" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="E549" t="s">
         <v>16</v>
       </c>
       <c r="F549" t="s">
         <v>35</v>
       </c>
       <c r="G549">
         <v>104.48859</v>
       </c>
       <c r="H549">
         <v>13.46</v>
       </c>
       <c r="I549">
         <v>66.0</v>
       </c>
       <c r="J549"/>
       <c r="K549">
         <v>942.0</v>
       </c>
       <c r="L549">
         <v>1</v>
       </c>
     </row>
     <row r="550" spans="1:12">
       <c r="A550" t="s">
         <v>12</v>
       </c>
       <c r="B550" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C550" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="D550" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="E550" t="s">
         <v>16</v>
       </c>
       <c r="F550" t="s">
         <v>42</v>
       </c>
       <c r="G550">
         <v>78.72101</v>
       </c>
       <c r="H550">
         <v>39.849</v>
       </c>
       <c r="I550">
         <v>120.0</v>
       </c>
       <c r="J550"/>
       <c r="K550">
         <v>1412.0</v>
       </c>
       <c r="L550">
         <v>1</v>
       </c>
     </row>
     <row r="551" spans="1:12">
       <c r="A551" t="s">
         <v>12</v>
       </c>
       <c r="B551" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C551" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="D551" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="E551" t="s">
         <v>16</v>
       </c>
       <c r="F551" t="s">
-        <v>695</v>
+        <v>997</v>
       </c>
       <c r="G551">
         <v>94.40207</v>
       </c>
       <c r="H551">
         <v>32.781</v>
       </c>
       <c r="I551">
         <v>110.0</v>
       </c>
       <c r="J551"/>
       <c r="K551">
         <v>1918.0</v>
       </c>
       <c r="L551">
         <v>8</v>
       </c>
     </row>
     <row r="552" spans="1:12">
       <c r="A552" t="s">
         <v>12</v>
       </c>
       <c r="B552" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C552" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="D552" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="E552" t="s">
         <v>16</v>
       </c>
       <c r="F552" t="s">
         <v>19</v>
       </c>
       <c r="G552">
         <v>81.29612</v>
       </c>
       <c r="H552">
         <v>49.937</v>
       </c>
       <c r="I552">
         <v>267.0</v>
       </c>
       <c r="J552"/>
       <c r="K552">
         <v>2500.0</v>
       </c>
       <c r="L552">
         <v>105</v>
       </c>
     </row>
     <row r="553" spans="1:12">
       <c r="A553" t="s">
         <v>12</v>
       </c>
       <c r="B553" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C553" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="D553" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="E553" t="s">
         <v>16</v>
       </c>
       <c r="F553" t="s">
         <v>19</v>
       </c>
       <c r="G553">
         <v>92.09569</v>
       </c>
       <c r="H553">
         <v>41.156</v>
       </c>
       <c r="I553">
         <v>102.0</v>
       </c>
       <c r="J553"/>
       <c r="K553">
         <v>2933.0</v>
       </c>
       <c r="L553">
         <v>1</v>
       </c>
     </row>
     <row r="554" spans="1:12">
       <c r="A554" t="s">
         <v>12</v>
       </c>
       <c r="B554" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C554" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="D554" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="E554" t="s">
         <v>16</v>
       </c>
       <c r="F554" t="s">
         <v>238</v>
       </c>
       <c r="G554">
         <v>77.2445</v>
       </c>
       <c r="H554">
         <v>60.1273</v>
       </c>
       <c r="I554">
         <v>257.09</v>
       </c>
       <c r="J554"/>
       <c r="K554">
         <v>3900.0</v>
       </c>
       <c r="L554">
         <v>40</v>
       </c>
     </row>
     <row r="555" spans="1:12">
       <c r="A555" t="s">
         <v>12</v>
       </c>
       <c r="B555" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C555" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="D555" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="E555" t="s">
         <v>16</v>
       </c>
       <c r="F555"/>
       <c r="G555">
         <v>95.76134</v>
       </c>
       <c r="H555">
         <v>46.805</v>
       </c>
       <c r="I555">
         <v>320.0</v>
       </c>
       <c r="J555"/>
       <c r="K555">
         <v>1213.0</v>
       </c>
       <c r="L555">
         <v>10</v>
       </c>
     </row>
     <row r="556" spans="1:12">
       <c r="A556" t="s">
         <v>12</v>
       </c>
       <c r="B556" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C556" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="D556" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="E556" t="s">
         <v>16</v>
       </c>
       <c r="F556" t="s">
         <v>32</v>
       </c>
       <c r="G556">
         <v>104.22769</v>
       </c>
       <c r="H556">
         <v>69.6979</v>
       </c>
       <c r="I556">
         <v>714.07</v>
       </c>
       <c r="J556"/>
       <c r="K556">
         <v>1810.0</v>
       </c>
       <c r="L556">
         <v>20</v>
       </c>
     </row>
     <row r="557" spans="1:12">
       <c r="A557" t="s">
         <v>12</v>
       </c>
       <c r="B557" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C557" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="D557" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="E557" t="s">
         <v>16</v>
       </c>
       <c r="F557"/>
       <c r="G557">
         <v>114.40572</v>
       </c>
       <c r="H557">
         <v>78.249</v>
       </c>
       <c r="I557">
         <v>238.0</v>
       </c>
       <c r="J557"/>
       <c r="K557">
         <v>3600.0</v>
       </c>
       <c r="L557">
         <v>93</v>
       </c>
     </row>
     <row r="558" spans="1:12">
       <c r="A558" t="s">
         <v>12</v>
       </c>
       <c r="B558" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C558" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="D558" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="E558" t="s">
         <v>16</v>
       </c>
       <c r="F558"/>
       <c r="G558">
         <v>123.31413</v>
       </c>
       <c r="H558">
         <v>71.022</v>
       </c>
       <c r="I558">
         <v>177.4</v>
       </c>
       <c r="J558"/>
       <c r="K558">
         <v>2140.0</v>
       </c>
       <c r="L558">
         <v>9</v>
       </c>
     </row>
     <row r="559" spans="1:12">
       <c r="A559" t="s">
         <v>12</v>
       </c>
       <c r="B559" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C559" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="D559" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="E559" t="s">
         <v>16</v>
       </c>
       <c r="F559" t="s">
         <v>19</v>
       </c>
       <c r="G559">
         <v>130.69999</v>
       </c>
       <c r="H559">
         <v>66.417</v>
       </c>
       <c r="I559">
         <v>257.0</v>
       </c>
       <c r="J559"/>
       <c r="K559">
         <v>1837.0</v>
       </c>
       <c r="L559">
         <v>39</v>
       </c>
     </row>
     <row r="560" spans="1:12">
       <c r="A560" t="s">
         <v>12</v>
       </c>
       <c r="B560" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C560" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="D560" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="E560" t="s">
         <v>16</v>
       </c>
       <c r="F560"/>
       <c r="G560">
         <v>232.48603</v>
       </c>
       <c r="H560">
         <v>30.865</v>
       </c>
       <c r="I560">
         <v>125.0</v>
       </c>
       <c r="J560"/>
       <c r="K560">
         <v>2109.0</v>
       </c>
       <c r="L560">
         <v>35</v>
       </c>
     </row>
     <row r="561" spans="1:12">
       <c r="A561" t="s">
         <v>12</v>
       </c>
       <c r="B561" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C561" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="D561" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="E561" t="s">
         <v>16</v>
       </c>
       <c r="F561" t="s">
         <v>19</v>
       </c>
       <c r="G561">
         <v>186.64293</v>
       </c>
       <c r="H561">
         <v>80.015</v>
       </c>
       <c r="I561">
         <v>316.0</v>
       </c>
       <c r="J561"/>
       <c r="K561">
         <v>2800.0</v>
       </c>
       <c r="L561">
         <v>30</v>
       </c>
     </row>
     <row r="562" spans="1:12">
       <c r="A562" t="s">
         <v>12</v>
       </c>
       <c r="B562" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C562" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="D562" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="E562" t="s">
         <v>16</v>
       </c>
       <c r="F562" t="s">
         <v>91</v>
       </c>
       <c r="G562">
         <v>266.08304</v>
       </c>
       <c r="H562">
         <v>9.41651</v>
       </c>
       <c r="I562">
         <v>403.37</v>
       </c>
       <c r="J562"/>
       <c r="K562">
         <v>3438.0</v>
       </c>
       <c r="L562">
         <v>29</v>
       </c>
     </row>
     <row r="563" spans="1:12">
       <c r="A563" t="s">
         <v>12</v>
       </c>
       <c r="B563" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C563" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="D563" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="E563" t="s">
         <v>16</v>
       </c>
       <c r="F563"/>
       <c r="G563">
         <v>233.18804</v>
       </c>
       <c r="H563">
         <v>53.206</v>
       </c>
       <c r="I563">
         <v>221.0</v>
       </c>
       <c r="J563"/>
       <c r="K563">
         <v>2402.0</v>
       </c>
       <c r="L563">
         <v>14</v>
       </c>
     </row>
     <row r="564" spans="1:12">
       <c r="A564" t="s">
         <v>12</v>
       </c>
       <c r="B564" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C564" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="D564" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="E564" t="s">
         <v>16</v>
       </c>
       <c r="F564" t="s">
         <v>35</v>
       </c>
       <c r="G564">
         <v>282.00495</v>
       </c>
       <c r="H564">
         <v>17.377</v>
       </c>
       <c r="I564">
         <v>31.0</v>
       </c>
       <c r="J564"/>
       <c r="K564">
         <v>3600.0</v>
       </c>
       <c r="L564">
         <v>0</v>
       </c>
     </row>
     <row r="565" spans="1:12">
       <c r="A565" t="s">
         <v>12</v>
       </c>
       <c r="B565" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C565" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="D565" t="s">
         <v>396</v>
       </c>
       <c r="E565" t="s">
         <v>16</v>
       </c>
       <c r="F565" t="s">
         <v>35</v>
       </c>
       <c r="G565">
         <v>227.8247</v>
       </c>
       <c r="H565">
         <v>76.77056</v>
       </c>
       <c r="I565">
         <v>903.42</v>
       </c>
       <c r="J565"/>
       <c r="K565">
         <v>6175.0</v>
       </c>
       <c r="L565">
         <v>44</v>
       </c>
     </row>
     <row r="566" spans="1:12">
       <c r="A566" t="s">
         <v>12</v>
       </c>
       <c r="B566" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C566" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="D566" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="E566" t="s">
         <v>16</v>
       </c>
       <c r="F566"/>
       <c r="G566">
         <v>244.5073</v>
       </c>
       <c r="H566">
         <v>78.288</v>
       </c>
       <c r="I566">
         <v>857.0</v>
       </c>
       <c r="J566"/>
       <c r="K566">
         <v>5030.0</v>
       </c>
       <c r="L566">
         <v>45</v>
       </c>
     </row>
     <row r="567" spans="1:12">
       <c r="A567" t="s">
         <v>12</v>
       </c>
       <c r="B567" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C567" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="D567" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="E567" t="s">
         <v>16</v>
       </c>
       <c r="F567" t="s">
         <v>42</v>
       </c>
       <c r="G567">
         <v>239.76389</v>
       </c>
       <c r="H567">
         <v>100.633</v>
       </c>
       <c r="I567">
         <v>352.0</v>
       </c>
       <c r="J567"/>
       <c r="K567">
         <v>3157.0</v>
       </c>
       <c r="L567">
         <v>25</v>
       </c>
     </row>
     <row r="568" spans="1:12">
       <c r="A568" t="s">
         <v>12</v>
       </c>
       <c r="B568" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C568" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="D568" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="E568" t="s">
         <v>16</v>
       </c>
       <c r="F568" t="s">
         <v>42</v>
       </c>
       <c r="G568">
         <v>257.07152</v>
       </c>
       <c r="H568">
         <v>112.185</v>
       </c>
       <c r="I568">
         <v>417.0</v>
       </c>
       <c r="J568"/>
       <c r="K568">
         <v>4527.0</v>
       </c>
       <c r="L568">
         <v>35</v>
       </c>
     </row>
     <row r="569" spans="1:12">
       <c r="A569" t="s">
         <v>12</v>
       </c>
       <c r="B569" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C569" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="D569" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="E569" t="s">
         <v>16</v>
       </c>
       <c r="F569"/>
       <c r="G569">
         <v>186.82178</v>
       </c>
       <c r="H569">
         <v>183.12312</v>
       </c>
       <c r="I569">
         <v>838.7</v>
       </c>
       <c r="J569"/>
       <c r="K569">
         <v>6495.0</v>
       </c>
       <c r="L569">
         <v>80</v>
       </c>
     </row>
     <row r="570" spans="1:12">
       <c r="A570" t="s">
         <v>12</v>
       </c>
       <c r="B570" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C570" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="D570" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="E570" t="s">
         <v>16</v>
       </c>
       <c r="F570" t="s">
         <v>19</v>
       </c>
       <c r="G570">
         <v>232.24324</v>
       </c>
       <c r="H570">
         <v>139.384</v>
       </c>
       <c r="I570">
         <v>424.0</v>
       </c>
       <c r="J570"/>
       <c r="K570">
         <v>5236.0</v>
       </c>
       <c r="L570">
         <v>32</v>
       </c>
     </row>
     <row r="571" spans="1:12">
       <c r="A571" t="s">
         <v>12</v>
       </c>
       <c r="B571" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C571" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="D571" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="E571" t="s">
         <v>16</v>
       </c>
       <c r="F571"/>
       <c r="G571">
         <v>189.45983</v>
       </c>
       <c r="H571">
         <v>185.341</v>
       </c>
       <c r="I571">
         <v>825.0</v>
       </c>
       <c r="J571"/>
       <c r="K571">
         <v>3578.0</v>
       </c>
       <c r="L571">
         <v>49</v>
       </c>
     </row>
     <row r="572" spans="1:12">
       <c r="A572" t="s">
         <v>12</v>
       </c>
       <c r="B572" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C572" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="D572" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="E572" t="s">
         <v>16</v>
       </c>
       <c r="F572" t="s">
         <v>19</v>
       </c>
       <c r="G572">
         <v>251.57854</v>
       </c>
       <c r="H572">
         <v>142.296</v>
       </c>
       <c r="I572">
         <v>1010.0</v>
       </c>
       <c r="J572"/>
       <c r="K572">
         <v>5200.0</v>
       </c>
       <c r="L572">
         <v>52</v>
       </c>
     </row>
     <row r="573" spans="1:12">
       <c r="A573" t="s">
         <v>12</v>
       </c>
       <c r="B573" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C573" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="D573" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="E573" t="s">
         <v>16</v>
       </c>
       <c r="F573" t="s">
         <v>19</v>
       </c>
       <c r="G573">
         <v>258.40358</v>
       </c>
       <c r="H573">
         <v>140.45667</v>
       </c>
       <c r="I573">
         <v>379.0</v>
       </c>
       <c r="J573"/>
       <c r="K573">
         <v>6116.0</v>
       </c>
       <c r="L573">
         <v>35</v>
       </c>
     </row>
     <row r="574" spans="1:12">
       <c r="A574" t="s">
         <v>12</v>
       </c>
       <c r="B574" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C574" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="D574" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="E574" t="s">
         <v>16</v>
       </c>
       <c r="F574" t="s">
         <v>91</v>
       </c>
       <c r="G574">
         <v>294.0068</v>
       </c>
       <c r="H574">
         <v>131.463</v>
       </c>
       <c r="I574">
         <v>840.0</v>
       </c>
       <c r="J574"/>
       <c r="K574">
         <v>6470.0</v>
       </c>
       <c r="L574">
         <v>93</v>
       </c>
     </row>
     <row r="575" spans="1:12">
       <c r="A575" t="s">
         <v>12</v>
       </c>
       <c r="B575" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C575" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="D575" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="E575" t="s">
         <v>16</v>
       </c>
       <c r="F575"/>
       <c r="G575">
         <v>380.10331</v>
       </c>
       <c r="H575">
         <v>70.347</v>
       </c>
       <c r="I575">
         <v>670.0</v>
       </c>
       <c r="J575"/>
       <c r="K575">
         <v>7598.0</v>
       </c>
       <c r="L575">
         <v>54</v>
       </c>
     </row>
     <row r="576" spans="1:12">
       <c r="A576" t="s">
         <v>12</v>
       </c>
       <c r="B576" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C576" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="D576" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="E576" t="s">
         <v>16</v>
       </c>
       <c r="F576" t="s">
         <v>42</v>
       </c>
       <c r="G576">
         <v>468.62162</v>
       </c>
       <c r="H576">
         <v>15.39943</v>
       </c>
       <c r="I576">
         <v>638.76</v>
       </c>
       <c r="J576"/>
       <c r="K576">
         <v>1878.0</v>
       </c>
       <c r="L576">
         <v>60</v>
       </c>
     </row>
     <row r="577" spans="1:12">
       <c r="A577" t="s">
         <v>12</v>
       </c>
       <c r="B577" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C577" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="D577" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="E577" t="s">
         <v>16</v>
       </c>
       <c r="F577" t="s">
         <v>19</v>
       </c>
       <c r="G577">
         <v>311.28724</v>
       </c>
       <c r="H577">
         <v>179.197</v>
       </c>
       <c r="I577">
         <v>1536.0</v>
       </c>
       <c r="J577"/>
       <c r="K577">
         <v>11093.0</v>
       </c>
       <c r="L577">
         <v>100</v>
       </c>
     </row>
     <row r="578" spans="1:12">
       <c r="A578" t="s">
         <v>12</v>
       </c>
       <c r="B578" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C578" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="D578" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="E578" t="s">
         <v>16</v>
       </c>
       <c r="F578"/>
       <c r="G578">
         <v>409.35893</v>
       </c>
       <c r="H578">
         <v>83.34976</v>
       </c>
       <c r="I578">
         <v>464.0</v>
       </c>
       <c r="J578"/>
       <c r="K578">
         <v>2003.0</v>
       </c>
       <c r="L578">
         <v>18</v>
       </c>
     </row>
     <row r="579" spans="1:12">
       <c r="A579" t="s">
         <v>12</v>
       </c>
       <c r="B579" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C579" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="D579" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="E579" t="s">
         <v>16</v>
       </c>
       <c r="F579"/>
       <c r="G579">
         <v>297.65613</v>
       </c>
       <c r="H579">
         <v>199.68864</v>
       </c>
       <c r="I579">
         <v>699.0</v>
       </c>
       <c r="J579"/>
       <c r="K579">
         <v>4544.0</v>
       </c>
       <c r="L579">
         <v>23</v>
       </c>
     </row>
     <row r="580" spans="1:12">
       <c r="A580" t="s">
         <v>12</v>
       </c>
       <c r="B580" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C580" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="D580" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="E580" t="s">
         <v>16</v>
       </c>
       <c r="F580" t="s">
         <v>35</v>
       </c>
       <c r="G580">
         <v>385.6821</v>
       </c>
       <c r="H580">
         <v>148.499</v>
       </c>
       <c r="I580">
         <v>720.0</v>
       </c>
       <c r="J580"/>
       <c r="K580">
         <v>4975.0</v>
       </c>
       <c r="L580">
         <v>60</v>
       </c>
     </row>
     <row r="581" spans="1:12">
       <c r="A581" t="s">
         <v>12</v>
       </c>
       <c r="B581" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C581" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="D581" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="E581" t="s">
         <v>16</v>
       </c>
       <c r="F581"/>
       <c r="G581">
         <v>365.41617</v>
       </c>
       <c r="H581">
         <v>185.911</v>
       </c>
       <c r="I581">
         <v>1023.54</v>
       </c>
       <c r="J581"/>
       <c r="K581">
         <v>5678.0</v>
       </c>
       <c r="L581">
         <v>52</v>
       </c>
     </row>
     <row r="582" spans="1:12">
       <c r="A582" t="s">
         <v>12</v>
       </c>
       <c r="B582" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C582" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="D582" t="s">
         <v>460</v>
       </c>
       <c r="E582" t="s">
         <v>16</v>
       </c>
       <c r="F582" t="s">
         <v>19</v>
       </c>
       <c r="G582">
         <v>440.69089</v>
       </c>
       <c r="H582">
         <v>146.02798</v>
       </c>
       <c r="I582">
         <v>1597.12</v>
       </c>
       <c r="J582"/>
       <c r="K582">
         <v>6763.0</v>
       </c>
       <c r="L582">
         <v>105</v>
       </c>
     </row>
     <row r="583" spans="1:12">
       <c r="A583" t="s">
         <v>12</v>
       </c>
       <c r="B583" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C583" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="D583" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="E583" t="s">
         <v>16</v>
       </c>
       <c r="F583" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="G583">
         <v>487.05949</v>
       </c>
       <c r="H583">
         <v>124.371</v>
       </c>
       <c r="I583">
         <v>412.66</v>
       </c>
       <c r="J583"/>
       <c r="K583">
         <v>7793.0</v>
       </c>
       <c r="L583">
         <v>32</v>
       </c>
     </row>
     <row r="584" spans="1:12">
       <c r="A584" t="s">
         <v>12</v>
       </c>
       <c r="B584" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C584" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="D584" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="E584" t="s">
         <v>16</v>
       </c>
       <c r="F584" t="s">
         <v>35</v>
       </c>
       <c r="G584">
         <v>541.49397</v>
       </c>
       <c r="H584">
         <v>91.4385</v>
       </c>
       <c r="I584">
         <v>408.41</v>
       </c>
       <c r="J584"/>
       <c r="K584">
         <v>4705.0</v>
       </c>
       <c r="L584">
         <v>70</v>
       </c>
     </row>
     <row r="585" spans="1:12">
       <c r="A585" t="s">
         <v>12</v>
       </c>
       <c r="B585" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C585" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="D585" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="E585" t="s">
         <v>16</v>
       </c>
       <c r="F585" t="s">
         <v>35</v>
       </c>
       <c r="G585">
         <v>527.20754</v>
       </c>
       <c r="H585">
         <v>136.55043</v>
       </c>
       <c r="I585">
         <v>518.0</v>
       </c>
       <c r="J585"/>
       <c r="K585">
         <v>3972.0</v>
       </c>
       <c r="L585">
         <v>19</v>
       </c>
     </row>
     <row r="586" spans="1:12">
       <c r="A586" t="s">
         <v>12</v>
       </c>
       <c r="B586" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C586" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="D586" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="E586" t="s">
         <v>16</v>
       </c>
       <c r="F586"/>
       <c r="G586">
         <v>531.16844</v>
       </c>
       <c r="H586">
         <v>137.71</v>
       </c>
       <c r="I586">
         <v>998.22</v>
       </c>
       <c r="J586"/>
       <c r="K586">
         <v>4210.0</v>
       </c>
       <c r="L586">
         <v>120</v>
       </c>
     </row>
     <row r="587" spans="1:12">
       <c r="A587" t="s">
         <v>12</v>
       </c>
       <c r="B587" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C587" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="D587" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="E587" t="s">
         <v>16</v>
       </c>
       <c r="F587" t="s">
         <v>42</v>
       </c>
       <c r="G587">
         <v>198.90159</v>
       </c>
       <c r="H587">
         <v>499.042</v>
       </c>
       <c r="I587">
         <v>982.0</v>
       </c>
       <c r="J587"/>
       <c r="K587">
         <v>8526.0</v>
       </c>
       <c r="L587">
         <v>70</v>
       </c>
     </row>
     <row r="588" spans="1:12">
       <c r="A588" t="s">
         <v>12</v>
       </c>
       <c r="B588" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C588" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="D588" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="E588" t="s">
         <v>16</v>
       </c>
       <c r="F588" t="s">
         <v>19</v>
       </c>
       <c r="G588">
         <v>647.19347</v>
       </c>
       <c r="H588">
         <v>139.046</v>
       </c>
       <c r="I588">
         <v>1024.0</v>
       </c>
       <c r="J588"/>
       <c r="K588">
         <v>10684.0</v>
       </c>
       <c r="L588">
         <v>68</v>
       </c>
     </row>
     <row r="589" spans="1:12">
       <c r="A589" t="s">
         <v>12</v>
       </c>
       <c r="B589" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C589" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="D589" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="E589" t="s">
         <v>16</v>
       </c>
       <c r="F589"/>
       <c r="G589">
         <v>562.94268</v>
       </c>
       <c r="H589">
         <v>235.62123</v>
       </c>
       <c r="I589">
         <v>895.78</v>
       </c>
       <c r="J589"/>
       <c r="K589">
         <v>5954.0</v>
       </c>
       <c r="L589">
         <v>95</v>
       </c>
     </row>
     <row r="590" spans="1:12">
       <c r="A590" t="s">
         <v>12</v>
       </c>
       <c r="B590" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C590" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="D590" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="E590" t="s">
         <v>16</v>
       </c>
       <c r="F590"/>
       <c r="G590">
         <v>833.12266</v>
       </c>
       <c r="H590">
         <v>236.171</v>
       </c>
       <c r="I590">
         <v>1500.0</v>
       </c>
       <c r="J590"/>
       <c r="K590">
         <v>7781.0</v>
       </c>
       <c r="L590">
         <v>71</v>
       </c>
     </row>
     <row r="591" spans="1:12">
       <c r="A591" t="s">
         <v>12</v>
       </c>
       <c r="B591" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C591" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="D591" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="E591" t="s">
         <v>16</v>
       </c>
       <c r="F591"/>
       <c r="G591">
         <v>575.84319</v>
       </c>
       <c r="H591">
         <v>510.9142</v>
       </c>
       <c r="I591">
         <v>2298.89</v>
       </c>
       <c r="J591"/>
       <c r="K591">
         <v>12500.0</v>
       </c>
       <c r="L591">
         <v>155</v>
       </c>
     </row>
     <row r="592" spans="1:12">
       <c r="A592" t="s">
         <v>12</v>
       </c>
       <c r="B592" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C592" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="D592" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="E592" t="s">
         <v>16</v>
       </c>
       <c r="F592" t="s">
         <v>168</v>
       </c>
       <c r="G592">
         <v>998.49975</v>
       </c>
       <c r="H592">
         <v>441.486</v>
       </c>
       <c r="I592">
         <v>1402.0</v>
       </c>
       <c r="J592"/>
       <c r="K592">
         <v>13165.0</v>
       </c>
       <c r="L592">
         <v>82</v>
       </c>
     </row>
     <row r="593" spans="1:12">
       <c r="A593" t="s">
         <v>12</v>
       </c>
       <c r="B593" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C593" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="D593" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="E593" t="s">
         <v>16</v>
       </c>
       <c r="F593" t="s">
         <v>19</v>
       </c>
       <c r="G593">
         <v>1513.37124</v>
       </c>
       <c r="H593">
         <v>374.45052</v>
       </c>
       <c r="I593">
         <v>2880.0</v>
       </c>
       <c r="J593"/>
       <c r="K593">
         <v>17019.0</v>
       </c>
       <c r="L593">
         <v>198</v>
       </c>
     </row>
     <row r="594" spans="1:12">
       <c r="A594" t="s">
         <v>12</v>
       </c>
       <c r="B594" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C594" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="D594" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="E594" t="s">
         <v>16</v>
       </c>
       <c r="F594"/>
       <c r="G594">
         <v>1822.70606</v>
       </c>
       <c r="H594">
         <v>773.795</v>
       </c>
       <c r="I594">
         <v>5835.0</v>
       </c>
       <c r="J594">
         <v>13.825</v>
       </c>
       <c r="K594">
         <v>20192.0</v>
       </c>
       <c r="L594">
         <v>288</v>
       </c>
     </row>
   </sheetData>